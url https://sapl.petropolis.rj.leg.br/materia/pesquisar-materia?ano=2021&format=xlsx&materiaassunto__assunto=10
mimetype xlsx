--- v0 (2025-12-18)
+++ v1 (2026-03-25)
@@ -54,6837 +54,6837 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1499/1499.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1499/1499.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilização do executivo municipal para disponibilizar em todas as áreas urbanas do município de Petrópolis, os serviços de drenagem dos bueiros e manejo das águas pluviais, limpeza e fiscalização preventiva das respectivas redes e dá outras providências.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3195/3194.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3195/3194.pdf</t>
   </si>
   <si>
     <t>INSTITUI E DISCIPLINA A COLETA, DEPÓSITO, E DESTINO DOS ENTULHOS E SIMILARES EM VIAS E PRÓPRIOS PÚBLICOS NO MUNICÍPIO DE PETRÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6565/6559.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6565/6559.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SEMANA MUNICIPAL DO LIXO ZERO A SER COMEMORADA NA ÚLTIMA SEMANA DO MÊS DE OUTUBRO, NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS/RJ.</t>
   </si>
   <si>
     <t>9868</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9868/9846.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9868/9846.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÉLULA DE SEGURANÇA PARA OS GARIS NOS CAMINHÕES QUE FAZEM A COLETA DE LIXO NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3658/3657.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3658/3657.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei para implementação de Plano de Cargos Carreiras e Salários para funcionários da Companhia Municipal de Desenvolvimento de Petrópolis a esta Casa Legislativa.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3897/3896.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3897/3896.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que Institui a Semana "Lixo Zero" no Município de Petrópolis.</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5077/5072.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5077/5072.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de um decreto que regulamente a colocação e o remanejamento de coletoras de lixo que estejam instaladas à beiras de cursos d'água, no Município de Petrópolis.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3511/3510.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3511/3510.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES, AO EXECUTIVO MUNICIPAL, A CERCA DO CONTRATO EM VIGOR DA SOCIEDADE EMPRESÁRIA FORÇA AMBIENTAL, ATUANTE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3519/3518.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3519/3518.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal informações acerca dos ônibus à disposição para prestação de serviço pela Companhia Municipal de Desenvolvimento de Petrópolis COMDEP.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3941/3940.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3941/3940.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal informações acerca do pagamento de gratificações percebidas por ocupantes de cargos de chefia, direção e assessoramento da Companhia Municipal de Desenvolvimento de Petrópolis - COMDEP.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Júnior Coruja, Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4426/4422.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4426/4422.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES, ACERCA DO CONTRATO EM VIGOR DA SOCIEDADE EMPRESÁRIA FORÇA AMBIENTAL, ATUANTE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4545/4541.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4545/4541.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES ACERCA DO CONTRATO EM VIGOR DA PDCA AMBIENTAL.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5022/5017.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5022/5017.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES, ACERCA DAS FISCALIZAÇÕES REALIZADAS PELA COMDEP JUNTO A EMPRESA FORÇA AMBIENTAL SITUADA NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>7672</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7672/7656.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7672/7656.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXECUTIVO MUNICIPAL, ACERCA DOS SERVIÇOS PRESTADOS NO CONTRATO EM VIGOR DA SOCIEDADE EMPRESÁRIA FORÇA AMBIENTAL, ATUANTE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7849/7830.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7849/7830.pdf</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7914/7895.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7914/7895.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES ACERCA DO CONTRATO EM VIGOR DA SOCIEDADE EMPRESÁRIA FORÇA AMBIENTAL, ATUANTE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>8213</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8213/8191.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8213/8191.pdf</t>
   </si>
   <si>
     <t>SOLICITA À COMPANHIA MUNICIPAL DE DESENVOLVIMENTO DE PETRÓPOLIS (COMDEP) O ESCLARECIMENTO DE INFORMAÇÕES SOBRE EQUIPAMENTOS PARA CONSERVAÇÃO DE ESPAÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>8399</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8399/8377.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8399/8377.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXECUTIVO MUNICIPAL ACERCA DO CONTRATO DE PRESTAÇÃO DE SERVIÇOS COM A EMPRESA FORÇA AMBIENTAL LTDA.</t>
   </si>
   <si>
     <t>8425</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8425/8403.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8425/8403.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXECUTIVO MUNICIPAL, ACERCA DA DOCUMENTAÇÃO E PLACAS DOS CAMINHÕES PRESTADORES DE SERVIÇO DA EMPRESA FORÇA AMBIENTAL, NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS E TRÊS RIOS.</t>
   </si>
   <si>
     <t>9682</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9682/9660.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9682/9660.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES ACERCA DA COMPANHIA MUNICIPAL DE DESENVOLVIMENTO DE PETRÓPOLIS - COMDEP.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/195.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/195.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade DE INSTALAÇÃO DE LAVATÓRIOS COM ÁGUA, SABÃO LIQUIDO E PAPEL TOALHA EM TODAS AS FEIRAS LIVRES DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/206.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/206.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reparos na base da lixeira, na estrada Silveira da Motta, em frente ao número 401B, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/207.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/207.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza em torno da lixeira, na estrada Silveira da Motta, em frente ao número 401B, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/215.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/215.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA DO ABRIGO DAS LIXEIRAS, LOCALIZADO NA ALTURA DO Nº 1028, DA RUA HUMBERTO ROVIGATI, SAMAMBAIA, PETRÓPOLIS - RJ.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/219.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/219.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE DUAS LIXEIRAS NA RUA DA CONQUISTA ALTURA DO NÚMERO 21 CURVA DO BODE NO BAIRRO CARANGOLA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/234.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/234.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE LIXEIRAS AO LONGO DA EXTENSÃO DA VIA PRINCIPAL DA LOCALIDADE DENOMINADA RUA DÉBORA COUTO SUCUPIRA NO BAIRRO CARANGOLA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/259.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/259.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção na Frente da Escola Municipal Lucia Almeida Braga situada na Rua Waldemar Vieira Afonso ,número 07 , Bairro Carangola.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/260.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/260.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de Limpeza e manutenção de toda via da Estrada do Carangola.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Maurinho Branco</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/423.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/423.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e reforma da coletora de lixo localizada no entroncamento das Ruas José Lemos e Domingos José Martins, no bairro Bonsucesso, distrito de Itaipava.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/432/432.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/432/432.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 3 lixeiras para coleta de lixo em toda extensão do Candimbas, Bairro Araras.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/437/437.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/437/437.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira localizada na Rua Agnello Barreiros, próximo ao ponto final do ônibus Vista Alegre, Bairro Araras.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/469.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/469.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo na Estrada do Santa Luzia, Mata Cavalo s n, localizada no manobrador ao lado do Mercadinho, próximo a Igreja Assembléia de Deus, no bairro Araras.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/497.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/497.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de mais 4 lixeiras na Rua Débora Couto Sucupira (Matinha), Vicenzo Rivetti, Bairro Carangola.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/503.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/503.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, na Estrada de Teresópolis BR 495 Km 16, localidade conhecida como Cachoeira, localizada no Jacó, no bairro Itaipava.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/504.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/504.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, na Estrada de Teresópolis, BR 495, Km 18, localizada em frente ao Campinho, Jacó, no bairro Itaipava.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/532.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/532.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de entulhos, localizado na Estrada do Ribeirão, próximo ao número 541, Bairro Castelo São Manoel.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/534.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/534.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da fossa, localizada na Estrada Bernardo Coutinho, próximo a Cabine da Polícia Militar, no bairro Araras.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/536.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/536.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, na Rua Goiás, próximo ao número 299, localizada em Nogueira.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/584.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/584.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma de coletora de lixo, na Rua Agnello Barreiro, número 1.400, no Vista Alegre, em Araras.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/595.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/595.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma caçamba de entulho na Estrada da Fazenda Inglesa,145 (Entrada da Alto da derrubada) no Bairro Mosela.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/603/603.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/603/603.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros e recuperação das calhas existentes na Rua Benjamin Galotti, Itaipava.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/605.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/605.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros e recuperação das calhas existentes na Rua Paulo Roberto de Oliveira, Itaipava.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/607.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/607.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros e recuperação das calhas existentes na Rua Victor Maria Clavery, Itaipava.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/608.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/608.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza em toda Praça de Nogueira e seu entorno Rua Braz Rossi, número 382, Nogueira.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/609.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/609.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do Lago de Nogueira, ponto turístico e referência para a comunidade, Nogueira.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/636.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/636.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza das margens do Rio Piabanha, na altura da ponte de Corrêas, em Corrêas.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/644.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/644.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada do lixo verde e entulho, em toda extensão da Estrada Bernardo Coutinho, Araras.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/646.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/646.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada do lixo verde e entulho, em toda extensão da Rua Agnello Barreiros, Araras.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/649.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/649.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada do lixo verde e entulho, em toda extensão da Rua Agnelo Barreiros, Araras.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/657.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/657.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução de canaletas localizadas na Estrada do Cantagalo, no bairro Cuiabá, distrito de Itaipava.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/664.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/664.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e desobstrução dos bueiros na Estrada Ministro Salgado Filho, em frente a Pousada Tucano do Cuiabá, nº 2.002, em Cuiabá.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/665.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/665.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira na Estrada das Pedras Negras, em frente ao número 1201, no bairro Santa Mônica, distrito de Itaipava.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/667.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/667.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de lixeiras na Estrada Mata Cavalo, Santa Luzia (Ponto Final do ônibus), Bairro Araras.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/0680.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/0680.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 01 (uma) coletora de lixo na Estrada das Arcas, próximo ao número 1.544, sentido Itaipava.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/0685.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/0685.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da coletora de lixo na Estrada da Pedreira, número 6, em Santa Mônica, distrito de Itaipava.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/0687.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/0687.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de manutenção da coletora de lixo localizada na Rua Agnello Barreiros, número 1.284, no Vista Alegre, Bairro Araras.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/0704.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/0704.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de coletoras de lixo, na Estrada Ministro Salgado Filho, Condomínio Boa Esperança, Quilombo da Tapera, Itaipava.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/0706.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/0706.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de coletoras de lixo na Rua 28 de Abril, número 134, Madame Machado, Itaipava.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/0708.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/0708.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de entulho e lixo na Rua 28 de Abril, número 134, Madame Machado, Itaipava.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/0710.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/0710.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de remanejar as coletoras de lixo para outro local, que fica localizada na Rua Vigário Correa, número 71, no Bairro Corrêas.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/719.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/719.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e desobstrução do bueiro da Rua Geraldo Pergentino de Oliveira, Bairro Madame Machado, distrito de Itaipava.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/746/746.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/746/746.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de canaletas de águas pluviais, na Estrada Correia da Veiga, no bairro Santa Mônica, em Itaipava.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/790/790.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/790/790.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do bueiro na Estrada do Catobira, próximo ao número 210, em Itaipava.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/815/815.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/815/815.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR UMA BASE DE CIMENTO PARA MELHOR INSTALAÇÃO DAS LIXEIRAS.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/860/860.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/860/860.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da coletora de lixo, na Vila do Sossego, após o número 825, Buraco do Sapo, Araras.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/877/877.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/877/877.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de coletora de lixo na Estrada Almirante Paulo Meira, número 1406, localizada no Malta, bairro Araras.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/884.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/884.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do chafariz na Praça de Nogueira, localizado na Rua Braz Rossi, número 382, Nogueira.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/886.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/886.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo na Rua Eugênio Zanatta, próximo ao número 260, bairro Pedro do Rio, 4º distrito de Petrópolis.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/888.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/888.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja encaminhado o caminhão de coleta lixo para prestar serviços na Servidão Vicente de Paula Silvestre, Rua 1º de Maio, no bairro Madame Machado, distrito de Itaipava.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/901/901.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/901/901.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na estrada Silveira da Motta, km 3, próximo ao bar do Tim, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/902/902.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/902/902.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na estrada Silveira da Motta, km 4, em frente a entrada da Granja Claudia, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/903/903.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/903/903.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na estrada do Juruá, próximo ao nº 75, Bairro Nossa Senhora de Fátima, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/904/904.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/904/904.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, no Xingu, na entrada da rua do Tchaca, próximo ao nº 75, Bairro Nossa Senhora de Fátima, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/906/906.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/906/906.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na estrada do Brejal, km1, próximo a Casa do Sr. Henrique Oreste, Brejal, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/907/907.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/907/907.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na Estrada Nôemia Alves Rattes, próximo à ponte da Escola Municipal Beatriz Zaleski, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/908/908.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/908/908.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na estrada Silveira da Motta, km 4, em frente a Escola Municipal Félix Van Erven de Barros, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/909/909.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/909/909.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, no Xingu, na entrada do Loteamento do Cinézio, Bairro Nossa Senhora de Fátima, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/947/947.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/947/947.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 3 (três) lixeiras plásticas nos abrigos de ônibus, que ficam localizados na Rua José da Gama Machado, bairro Madame Machado, no distrito de Itaipava.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/948/948.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/948/948.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de coletoras de lixo, na Rua José Joaquim Rodrigues, número 483, Pedro do Rio.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/949/949.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/949/949.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 2 (duas) lixeiras plásticas no Parque Infantil localizado ao lado da quadra de esportes, na Comunidade 1º de Maio, bairro Madame Machado, distrito de Itaipava.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/977/977.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/977/977.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de 01 (uma) coletora de lixo de poste, na Estrada Coronel Jerônimo Ferreira Alves Manga Larga, em frente à entrada do Condomínio Vargem Alegre, no distrito de Itaipava.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/978/978.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/978/978.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do serviço de desentupimento do bueiro na Avenida Sergio Porto, em frente ao número 11 próximo à Santinha, no Castelo São Manoel, bairro Corrêas.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/979/979.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/979/979.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de serviço de recolhimento de lixo e entulho acumulado na Rua Friburgo, localizada no Bairro Quitandinha.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/983/983.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/983/983.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de todos os bueiros existentes na Estrada Philúvio Cerqueira Rodrigues, Itaipava.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1009/1009.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1009/1009.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 1 (uma) coletora de lixo tipo container, na Estrada Philúvio Cerqueira Rodrigues, número 1.339, localizada em frente à Barbearia do Renan, no distrito de Itaipava.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1029/1029.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1029/1029.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de todos os bueiros existentes, na Rua Bernardo Coutinho, Comunidade Vista Alegre, Araras.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1041/1041.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1041/1041.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de manutenção e limpeza das ruas do Loteamento Serra Morena em Pedro do Rio.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1052/1052.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1052/1052.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma placa "PROIBIDO JOGAR LIXO" na Rua Armando Fráguas Nogueira, localizado no Gulf, Bairro Coronel Veiga.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1057/1057.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1057/1057.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do envio de uma equipe da COMDEP para promover a remoção de uma barreira na Rua Aristide Ladeira nº 2776 - bairro Esperança.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1061/1061.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1061/1061.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na Estrada União e Industria, sentido Areal, próximo ao nº 34750, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1075/1075.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1075/1075.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de dragagem do valão do bairro Vila Rica, em Pedro do Rio.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1086/1086.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1086/1086.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de todos os ralos de captação águas pluviais no conjunto Santa Edwiges, no bairro Vila Rica em Pedro do Rio.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1106/1106.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1106/1106.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA E CAPINA EM TODA EXTENSÃO DA RUA EUCLIDES DE OLIVEIRA, LOCALIZADA NO BAIRRO LOPES TROVÃO.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1130/1130.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1130/1130.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de conserto de coletoras de lixo, na rua Professor João de Deus, próximo ao nº 902 - Bairro Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1131/1131.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1131/1131.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reformas de coletoras de lixo, no conjunto Santa Edwiges, em Via Rica.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1140/1140.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1140/1140.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira com tampa, localizado na Rua Geny Martins de Souza, Bairro Itaipava.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1166/1166.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1166/1166.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA E MANUTENÇÃO DA REDE DE ESGOTO DA RUA NELSON FERREIRA SOARES, NOVA CASCATINHA.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1169/1169.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1169/1169.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira localizada na Estrada União e Industria, em frente ao número 18381, Pedro do Rio.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1172/1172.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1172/1172.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE DESOBSTRUÇÃO DOS BUEIROS NA RUA JOÃO IGNÁCIO SOARES, NOVA CASCATINHA.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1200/1200.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1200/1200.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE RETIRADA DA CAÇAMBA MÓVEL, PARA A COLOCAÇÃO DE CAÇAMBA FIXA DE 3 METROS, LOCALIZADA NA RUA JOSÉ TIMÓTEO CALDARA, PRÓXIMO AO Nº 786, BAIRRO ITAMARATI.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1201/1201.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1201/1201.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE TROCA DAS CAÇAMBAS MÓVEIS, POR CAÇAMBAS FIXAS DE 3 METROS, NO FINAL DA RUA CASEMIRO DE ABREU, LOCALIZADA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1208/1208.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1208/1208.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DO CONSERTO DE DOIS BUEIROS NA PRAÇA OSWALDO CRUZ, LOCALIZADA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1262/1262.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1262/1262.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do bueiro, na Rua Alameda João Martins Freire, Malta, Bairro Araras.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1286/1286.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1286/1286.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção do córrego no Bairro Boa Vista, na Posse.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1297/1297.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1297/1297.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de fazer a limpeza e capina na Rua Manoel Leal Nunes Laginha Itaipava.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1301/1301.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1301/1301.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE REGULARIZAÇÃO DE COLETA DE LIXO E ENTULHO NA RUA ATÍLIO MAROTI, NO BAIRRO QUARTEIRÃO BRASILEIRO.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1305/1305.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1305/1305.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do lago no parque São Vicente, bairro Quitandinha.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1325/1325.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1325/1325.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da rede de esgoto em toda extensão da Rua Vicenzo Rivetti, número 326, casa 40, Bairro Carangola.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1349/1349.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1349/1349.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira com tampa, localizada na Rua Mercedes, próximo a oficina do Sandro, Castelo São Manoel, Bairro Corrêas.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1350/1350.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1350/1350.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma lixeira na entrada da Vila Maria da Gloria Schmitt.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1355/1355.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1355/1355.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE UMA NOVA LIXEIRA FIXA, NA RUA ALBERTO MARTINS, Nº 500, APÓS O PONTO FINAL DO ÔNIBUS, LOCALIZADA NO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1360/1360.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1360/1360.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza urgente do córrego, Rua Roberto Bernardes de Almeida, próximo a Oficina do Sr. Adão, lado impar, no Bairro Boa Vista, na Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1362/1362.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1362/1362.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na rua Roberto Bernardes de Almeida, próximo a Oficina do Sr. Adão, no Bairro Boa Vista, na Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1388/1388.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1388/1388.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reinstalação de lixeira na entrada da rua Emilio Zaluar, número 30, bairro Independência.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1398/1398.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1398/1398.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de coletora de lixo, na rua Amaral Peixoto, próximo ao número 175, no bairro Quitandinha.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1411/1411.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1411/1411.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma limpeza na Rua João de Deus Rodrigues, Bairro Pedro do Rio.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1412/1412.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1412/1412.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retomada do serviço de coleta seletiva de pneus no Município.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1433/1433.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1433/1433.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira com tampa, localizado na Rua Ceará, Bairro Nogueira.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1435/1435.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1435/1435.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento dos bueiros em toda extensão da Rua Ceará, Bairro Nogueira.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1443/1443.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1443/1443.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO NA ESTRADA MATA CAVALO, S/N, REGIÃO SANTA LUZIA, BAIRRO ARARAS.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1458/1458.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1458/1458.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do Valão na Rua Estrada do Ribeirão Castelo são Manoel, Corrêas.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1459/1459.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1459/1459.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da coletora lixeira plástica na Rua Mercedes Castelo São Manoel, Corrêas.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1481/1481.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1481/1481.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de novas coletoras de lixo na Rua Professor João de Deus proximo ao numero 357 no Bairro Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1508/1508.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1508/1508.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA SUBSTITUIÇÃO URGENTE DA COLETORA DE LIXO LOCALIZADA NA BIFURCAÇÃO ENTRE A ESTRADA DOS CABOCLOS E O ACESSO A ESTRADA DO RIO BONITO NO BREJAL POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1524/1524.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1524/1524.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA TROCA URGENTE DA COLETORA DE LIXO NA ESTRADA DO XINGU NO LOTEAMENTO DO SINÉSIO NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1530/1530.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1530/1530.pdf</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1567/1567.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1567/1567.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza das margens e dragagem do rio Piabanha, nos trechos entre os bairros Corrêas e Nogueira, entre a 106ª Delegacia de Polícia e o Fórum Regional de Itaipava, ao lado do Palácio de Cristal, no bairro Centro, e ao lado da entrada do Bairro Centenário.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1580/1580.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1580/1580.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de colocação de uma lixeira na Rodovia Philuvio Cerqueira Rodrigues, altura do número 2651, Itaipava.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1587/1587.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1587/1587.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza geral das canaletas e bueiros na escadaria Nossa Senhora Aparecida , Valparaíso.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1600/1600.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1600/1600.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NA ESTRADA PRESIDENTE SODRÉ, BAIRRO SIMÉRIA.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1604/1604.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1604/1604.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolocação de duas coletoras fixas localizadas na rua Geni Martins de Souza, em Itaipava.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1616/1616.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1616/1616.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE LIMPEZA, ROÇADA E RETIRADA DE QUEDA DE BARREIRA NA RUA ALBERTO MARTINS, BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1618/1618.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1618/1618.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO E LIMPEZA DA RUA EVA MACHADO NO LOTEAMENTO NILTON VIEIRA NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1625/1625.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1625/1625.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA TROCA DAS COLETORAS DE LIXO POR MODELO CONTAINER INSTALADAS NA ESTRADA SILVEIRA DA MOTTA PRÓXIMO A IGREJA DO EVANGELHO QUADRANGULAR NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1643/1643.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1643/1643.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA URGENTE DO CANAL PRÓXIMO AO BAR DO VALDECIR NO BAIRRO NOSSA SENHORA DE FÁTIMA NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1645/1645.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1645/1645.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA REFORMA OU SUBSTITUIÇÃO URGENTE DA COLETORA DE LIXO LOCALIZADA NA ESTRADA DO JURUÁ PRÓXIMO A ESCOLA MUNICIPAL OSWALDO DA COSTA FRIAS NO BAIRRO NOSSA SENHORA DE FÁTIMA NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1665/1664.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1665/1664.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de coletores de lixo no início da rua Padre Anchieta, no Alto da serra.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1692/1691.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1692/1691.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de lixeira na Estrada União e Indústria, próximo ao número 18.145, Pedro do Rio.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1708/1707.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1708/1707.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de coletoras de lixo na Estrada do Poço dos Peixes, em Araras.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1711/1710.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1711/1710.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolocação de coletora de lixo na Estrada Almirante Paulo Meira - ponte funda, em frente à quadra do Norberto, no Vale das Videiras.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1746/1745.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1746/1745.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza na Caixa D' Água do Terminal de Corrêas.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1752/1751.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1752/1751.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira na Rua Martinho José Santana, próximo ao nº 1157 no Castelo São Manoel, em Corrêas.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1797/1796.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1797/1796.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da Volta do Gari Comunitário.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1814/1813.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1814/1813.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento do lixo e reparo nas caçambas na Estrada do Xingu, bairro Nossa Senhora de Fátima, próximo ao Careca.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1830/1829.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1830/1829.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da coletora de lixo da Rua Emílio Zanata, Pedro do Rio.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1856/1855.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1856/1855.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da via e poda de galhos em toda a extensão da Rua Rodolpho Bruno, localizada no bairro de Nogueira.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1861/1860.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1861/1860.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE RECOLHIMENTO DE LIXO NA RUA TERESA, PRÓXIMO AO Nº 2048, LOCALIZADA NO BAIRRO ALO DA SERRA.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1865/1864.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1865/1864.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE UMA LIXEIRA NA RUA TERESA, PRÓXIMO AO Nº 2048, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1866/1865.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1866/1865.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR A LIMPEZA E DESENTUPIMENTO DOS BUEIROS LOCALIZADOS NO BAIRRO ESPERANÇA.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1875/1874.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1875/1874.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NA RUA TERESA ENTRE O TRECHO DO Nº 1410 AO Nº 1937, BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1885/1884.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1885/1884.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde, na Rua Sabará, próximo ao nº 37, Boa Vista, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1891/1890.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1891/1890.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do bueiro, na Rua Santo Antônio, próximo ao nº 280, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1893/1892.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1893/1892.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde, na Rua Santo Antônio, próximo ao nº 56, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1894/1893.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1894/1893.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira, na Rua Santo Antônio, próximo ao nº 31 B, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1904/1903.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1904/1903.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE UMA LIXEIRA NA "COMUNIDADE DO ZIZINHO", BAIRRO CONTORNO.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1907/1906.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1907/1906.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza, em toda extensão da Av. Nôemia Alves Rattes, na Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1942/1941.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1942/1941.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de providenciar a instalação de caçamba de lixo na Rua Mosela, n. 25 , localizada no Bairro Mosela.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1958/1957.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1958/1957.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE UMA CAÇAMBA DE LIXO PARA ATENDER OS MORADORES DA RUA PARANÁ, 53 - BAIRRO NOGUEIRA.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1984/1983.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1984/1983.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE LIMPEZA DE RALOS E BOCAS DE LOBOS DA REGIÃO DA PONTE FONES, RUA CORONEL VEIGA, BAIRRO CORONEL VEIGA.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1987/1986.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1987/1986.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA SUBSTITUIÇÃO, URGENTE, DA COLETORA DE LIXO NA ESTRADA DO RIO BONITO, SENTIDO PILATOS, NO BREJAL, POSSE 5º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1988/1987.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1988/1987.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE UMA COLETORA DE LIXO NA ESTRADA ARNALDO DYCKERHOFF, NO BREJAL, POSSE, 5º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1995/1994.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1995/1994.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA LIMPEZA E SERVIÇO DE TAPA BURACOS NA ENTRADA DA LOCALIDADE DE TRISTÃO CÂMARA NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1996/1995.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1996/1995.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA SUBSTITUIÇÃO URGENTE DAS COLETORAS DE LIXO LOCALIZADA NA RUA OSWALDO DE FREITAS MAGALHÃES NO BAIRRO SANTO ANTÔNIO NA POSSE 5 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1997/1996.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1997/1996.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE SUBSTITUIÇÃO DA COLETORA DE LIXO NA ESTRADA ARNALDO DYCKERHOFF, PRÓXIMO À BALANÇA, NA JURITY, POSSE, 5º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1998/1997.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1998/1997.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE SUBSTITUIÇÃO URGENTE DA COLETORA DE LIXO NA ESTRADA ARNALDO DYCKERHOFF, NA ENTRADA DA IGREJA PROJETO SEMEAR, NA JURITY, POSSE, 5º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1999/1998.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1999/1998.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA SUBSTITUIÇÃO URGENTE DA COLETORA DE LIXO LOCALIZADA NA RUA ARCELINO CORREIA MACHADO NA LOCALIDADE DE BARRA MANSA PEDRO DO RIO 4 DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2037/2036.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2037/2036.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução de bueiro e limpeza na Vila Pedro Vogel, na Rua Coronel Duarte da Silveira, Bairro Bingen.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2038/2037.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2038/2037.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de novas lixeiras e cercas de proteção para impedir que coloquem entulhos na Rua Colômbia, Bairro Quitandinha, próximo a cabine de Polícia.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2045/2044.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2045/2044.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DE RALOS E BOCAS DE LOBO EM TODA EXTENSÃO DA RUA OLAVO BILAC ATÉ O CRUZAMENTO COM ESTRADA PRESIDENTE SODRÉ, BAIRRO CASTELÂNEA.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2050/2049.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2050/2049.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE TROCA DAS LIXEIRAS DEPRECIADAS E COLOCAÇÃO DE NOVAS LIXEIRAS NA RUA DUQUE DE CAXIAS, BAIRRO VILA MILITAR.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2051/2050.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2051/2050.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE TROCA DAS LIXEIRAS DEPRECIADAS E COLOCAÇÃO DE NOVAS LIXEIRAS NA RUA ITÁLIA, BAIRRO VILA MILITAR.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2063/2062.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2063/2062.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE TROCA E AMPLIAÇÃO DO NÚMERO DE LIXEIRA NA RUA LOPES DE CASTRO, BAIRRO VALPARAÍSO.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2071/2070.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2071/2070.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO NA RUA ESTRADA DA SAUDADE PRÓXIMO AO Nº 1281, BAIRRO ESTRADA DA SAUDADE.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2082/2081.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2082/2081.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO, LIMPEZA E RETIRADA DE ENTULHOS NA ENTRADA DA RUA CARVALHO JÚNIOR, BAIRRO CORRÊAS.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2094/2093.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2094/2093.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo na Rua Vital Brasil, número 648, bairro São Sebastião.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2095/2094.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2095/2094.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo na Rua Vital Brasil, número 845, bairro São Sebastião.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2096/2095.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2096/2095.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo na Rua Vital Brasil, número 988, bairro São Sebastião.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2100/2099.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2100/2099.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros na Rua João Batista de Souza Frias, Corrêas.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2104/2103.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2104/2103.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de providenciar a retirada de lixo e entulho na Estrada Nossa Senhora da Glória, n. 236, localizada no Bairro Corrêas.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2105/2104.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2105/2104.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo disperso na Rua Dona Beatriz da Silva, próximo ao número 1.565-A, localizada no Bairro Estrada da Saudade.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2169/2168.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2169/2168.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da colocação de duas lixeiras na Rua José Joaquim Viana (ponto final da rua 9), do nº 05 ao nº 08, (até a esquina com as ruas 7 e 8) - Castelo São Manoel, no bairro Corrêas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2173/2172.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2173/2172.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo na Alameda Aclimação, após o nº 100, em Itaipava.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2204/2203.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2204/2203.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução do bueiro ou limpeza na Servidão Domenciano Alves Gonçalves, Alcobacinha, Itamarati.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2209/2208.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2209/2208.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento e limpeza dos ralos em toda a extensão da Rua João de Farias, Alcobacinha, Itamarati.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2213/2212.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2213/2212.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução do bueiro ou limpeza na Servidão Ubaldina Fátima das Neves, Alcobacinha, Itamarati.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2231/2230.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2231/2230.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ampliação na coleta de lixo com caminhões menores para atender ruas estreitas, becos, vielas e locais de difícil acesso.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2251/2250.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2251/2250.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção dos bueiros localizados na Rua Joaquim Ribeiro da Motta, bairro Caxambu.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2273/2272.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2273/2272.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do canal fluvial que perpassa a rua São Sebastião, bairro São Sebastião.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2290/2289.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2290/2289.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a retirada de lixo da entrada do Quarteirão Brasileiro até o Batallard.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2301/2300.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2301/2300.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução das calhas das águas pluviais na Rua Bolívia, em Nogueira.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2315/2314.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2315/2314.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade urgente de limpeza do canal fluvial que perpassa a Rua Raul Veiga. Bairro Quitandinha.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2332/2331.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2332/2331.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução de ralos em toda extensão da Av. Leopoldina, em Nogueira.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2334/2333.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2334/2333.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de coletora de lixo na Estrada do Palmital, próximo ao nº 619 - Águas Lindas, em Nogueira.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2346/2345.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2346/2345.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução dos bueiros e limpeza na Rua Norma Maria Reiner, Bairro Nogueira.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2347/2346.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2347/2346.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução dos bueiros e limpeza na Avenida Leopoldina, próximo do nº 290, Bairro Nogueira.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2371/2370.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2371/2370.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução do bueiro na Rua Doutor Demerval de Miranda, número 64, Saldanha Marinho.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2376/2375.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2376/2375.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca das caçambas de lixo em toda a extensão da Rua 24 de Maio, localizada no bairro Centro.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2442/2441.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2442/2441.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da lixeira do Conjunto Habitacional Vicenzo Rivetti na Rua Divino Espírito Santo no Carangola</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2450/2449.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2450/2449.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar desobstrução e limpeza das caixas e bueiros na Avenida Califórnia, Bairro Nogueira, em frente ao SESC.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2455/2454.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2455/2454.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma lixeira nova na Rua Zenóbio Pozzato, próximo ao número 57, Bairro Chácara Flora.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2469/2468.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2469/2468.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da coleta de lixo em frente ao CIEP Maestro Guerra Peixe , Rua Bernardo Proença L 809, Cascatinha.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2486/2485.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2486/2485.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de REALIZAÇÃO DE AMPLA CAMPANHA DE CONSCIENTIZAÇÃO DA POPULAÇÃO SOBRE A IMPORTÂNCIA DO DESCARTE ADEQUADO DO LIXO DOMICILIAR, LIXO VERDE E ENTULHO.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2513/2512.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2513/2512.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros da Praça de Nogueira, situada à Rua Braz Rossi, n. 382, localizada no bairro Nogueira.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2526/2525.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2526/2525.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja destacada uma equipe de limpeza fixa para o bairro Caxambu.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>Marcelo Chitão, Domingos Protetor, Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2550/2549.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2550/2549.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de criação e ampla divulgação de um programa nos moldes do "Disque Denúncia" para receber denúncias, inclusive anônimas, referentes a descartes de entulho, lixo verde e lixo domiciliar, de forma irregular.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2574/2573.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2574/2573.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE UMA CAÇAMBA DE LIXO PARA ATENDER OS MORADORES DA RUA GEORGE LAND, EM FRENTE AO NÚMERO 81 - BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2575/2574.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2575/2574.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE SUBSTITUIÇÃO DAS CAÇAMBAS DE LIXO NA RUA HENRIQUE PAIXÃO, PRÓXIMO AO Nº 1.186 - BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2599/2598.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2599/2598.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de lixeiras na estrada mata cavalo, santa Luzia( ponto de referência ponto final), Araras.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2622/2621.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2622/2621.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de tela de proteção e serviço de limpeza na área destinada ao descarte de lixo na Servidão Manoel Luis Ferreira nº 1969 , localizada na Rua Hermogênio Silva, Bairro Retiro.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2638/2637.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2638/2637.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira na Vila Matias Kreisher, Bairro Capela.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2660/2659.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2660/2659.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desentupimento dos bueiros localizados na Rua Oswero Vilaça, 726, Alto da Serra.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2661/2660.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2661/2660.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desentupimento dos bueiros localizados na Rua Oswero Vilaça, nº 716, Alto da Serra.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2662/2661.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2662/2661.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desentupimento dos bueiros, localizados na Rua Oswero Vilaça, nº 608, Alto da Serra.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2707/2706.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2707/2706.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de Lixo e Limpeza de Lixeira na Rua Carvalho Junior - Corrêas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2723/2722.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2723/2722.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros localizados no horto mercado municipal "José Carneiro Dias" na Estrada União e Industria nº 9726 - Itaipava.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2734/2733.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2734/2733.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DA LIMPEZA, NA RUA MANOEL PEREIRA BARBOSA, EM BARRA MANSA, PEDRO DO RIO, 4º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2743/2742.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2743/2742.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da Praça da Mosela, na Rua Mosela, Bairro Mosela.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2782/2781.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2782/2781.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros na Avenida Leopoldina, próximo ao lote 1.246, no bairro Nogueira.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2785/2784.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2785/2784.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupir o bueiro, localizado na Estrada União Industria,17300, Sumidouro, Pedro Do Rio.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2796/2795.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2796/2795.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ampliar a coleta de lixo na parte alta da Estrada do Taquaril, Posse.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2809/2808.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2809/2808.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de prevenção e erradicação de roedores nas lixeiras na Rua Capitão João Amâncio de Souza Coutinho, próximo ao número 427, Corrêas, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2831/2830.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2831/2830.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de coletora de lixo na Rua Rio Grande do Norte, em frente ao Lote 28 - Quitandinha.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2878/2877.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2878/2877.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma, limpeza e desobstrução do bueiro no Vista Alegre, em frente ao CEI Vista Alegre, no bairro Araras.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2882/2881.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2882/2881.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desratização na lixeira e arredores da Rua Fernandes Vieira, nº 1151, no bairro Retiro.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2899/2898.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2899/2898.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e desentupimento dos ralos em toda extensão da Rua Manoel Joaquim Lage, Bairro Alcobacinha.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2902/2901.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2902/2901.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo com tampa plástica localizada na Rua Manoel Joaquim Lage (próximo á quadra), Bairro Alcobacinha.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3005/3004.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3005/3004.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de Colocação de uma caçamba de lixo, na Ladeira João Ventura Torres, nº 479, Estrada da Saudade.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3081/3080.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3081/3080.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros existentes em toda extensão da Estrada Mineira, em Corrêas.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3082/3081.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3082/3081.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE NOVAS CAÇAMBAS DE LIXO EM TODA A EXTENSÃO DA RUA JORGE JOSÉ JOAQUIM DA SILVA - BAIRRO CONTORNO.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3109/3108.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3109/3108.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA SUBSTITUIÇÃO DAS TAMPAS E NIVELAMENTO DAS BOCAS DE LOBO EM TODA A EXTENSÃO DA RUA HERNANDI DA SILVEIRA, COMUNIDADE DO CAMPINHO - BAIRRO CONTORNO.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3140/3139.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3140/3139.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de TROCA DE LIXEIRAS E LIMPEZA EM TORNO DA LIXEIRA, NA ESTRADA DO TAQUARIL, PRÓXIMO A CASA DO PAULINHO DO ERNESTO, TAQUARIL, POSSE, 5º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3154/3153.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3154/3153.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DAS MARGENS DO CÓRREGO LOCALIZADO NA RUA CUBA, BAIRRO QUITANDINHA.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3164/3163.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3164/3163.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da realização dos serviços de limpeza e desassoreamento de córrego na Rua Ângelo João Brand, bairro Alto Independência.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3171/3170.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3171/3170.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de compra de caminhões coletores de lixo para a prestação de serviços de coleta no município.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3214/3213.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3214/3213.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e desobstrução do bueiro na Estrada Corrêa da Veiga, Santa Mônica, bairro Itaipava.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3277/3276.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3277/3276.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da praça de Fagundes 492, Fagundes.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3282/3281.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3282/3281.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desassoreamento em toda extensão do rio localizado na Rua Ingelheim, bairro Quarteirão Ingelheim.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3292/3291.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3292/3291.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desassoreamento do Lago de Nogueira, Avenida Milton de Souza Carvalho, nº 457, Nogueira.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3317/3316.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3317/3316.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder a desobstrução de bueiros localizado na Rua Alberto de Oliveira, próximo ao nº 87 - Mosela.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3319/3318.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3319/3318.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a colocação de mais uma coletora de lixo bem como a instalação de tela de proteção em volta das coletoras localizado na Rua Floresta próximo ao nº 934 - Floresta.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3350/3349.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3350/3349.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeiras móveis na Rua C, s/n, Vila Rica - Bairro Pedro do Rio - tendo como ponto de referência o Colégio Estadual Sta Therezinha.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3474/3473.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3474/3473.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da coletora de lixo localizada na Estrada de Secretário, 04, Secretário.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3478/3477.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3478/3477.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE LIMPEZA DOS BUEIROS EM FRENTE AO COLÉGIO IRMÃ CECÍLIA JARDIM, ESTRADA MACHADO FAGUNDES, Nº 316, CASCATINHA.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3505/3504.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3505/3504.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento de lixo verde no pátio da CPTRANS, na avenida general marciano magalhães, próximo ao número 742, bairro morin.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3507/3506.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3507/3506.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas coletoras de lixo com tampa, na Rua Joaquim José Viana, próximo ao número 129, Bairro Castelo São Manoel em Correâs.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3508/3507.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3508/3507.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Estrada União Industria, 27819, KM 85, Pedro do Rio.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3528/3527.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3528/3527.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de mais um bueiro na parte mais alta da Servidão Eduardo Marques dos Santos, localizada na altura do n. 547 da Rua Lopes de Castro, bairro Valparaíso, bem como o desentupimento do único bueiro que há na mesma.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3532/3531.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3532/3531.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução dos bueiros e limpeza, no sítio santa cecília, bairro bernardo Coutinho.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3535/3534.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3535/3534.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalar uma coletora de lixo, na Rua Hercílio José Estrela, bairro Loteamento Samambaia.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3554/3553.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3554/3553.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca das lixeiras móveis da rua Jacinto Rabelo, próximo ao nº 171, bairro Chácara Flora.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3562/3561.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3562/3561.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento de bueiros em toda extensão da Rua Expedicionário Luiz Arlindo Vivarine, bairro Roseiral.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3563/3562.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3563/3562.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento de bueiros em toda a extensão da Rua Virgílio de Sá Pereiro Júnior, bairro Roseiral.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3570/3569.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3570/3569.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma caçamba de lixo na Rodovia Philúvio Cerqueira Rodrigues, próximo ao nº 2651, Benfica.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3574/3573.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3574/3573.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento dos bueiros na Travessa Luiz Mendes Rodrigues, próximo ao nº 325, Cascatinha.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3605/3604-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3605/3604-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Estrada Rio Acima, Condomínio Anápolis, rua 7, Anápolis.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3612/3611.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3612/3611.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de regularização da coleta de lixo na Estrada João de Deus Rodrigues, Pedro do Rio.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3617/3616.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3617/3616.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros na extensão da Rua Irmãos D' Ângelo, altura do nº 48, Centro.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3625/3624.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3625/3624.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de coleta de resíduos sólidos e retirada de entulho da Rua Gaspar Gonçalves, próximo ao nº 428-R, bairro Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3631/3630.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3631/3630.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento de valas laterais em toda a extensão da Rua Aurélio Pires, Caxambu.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3668/3667.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3668/3667.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento de lixo na Rua 11,Castelo São Manoel-Corrêas.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3676/3675.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3676/3675.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas lixeiras, localizado na Rua Buenos Aires, próximo ao número 219 e 223, Bairro Centro.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3685/3684.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3685/3684.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros na Rua Manoel Correa de Mello, bairro da gloria.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3695/3694.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3695/3694.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros com carro de jato de água na Rua Pedro de Aquino, Vista Alegre.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3696/3695.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3696/3695.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros, na Estrada Bernardo Coutinho, próximo a cabine de policia, Bairro Araras.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3701/3700.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3701/3700.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde em toda a extensão da Rua Frederico Bull, próximo ao número 281, Bairro Praça Catulo.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3703/3702.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3703/3702.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na extensão da Ladeira João Ventura Torres próximo ao número 701- Estrada da Saudade.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3705/3704.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3705/3704.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros de canaletas na Rua Geraldo Muller, Malta, Bairro Araras.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3708/3707.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3708/3707.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição das lixeiras móveis situadas na Rua Veridiano Félix, nº 100, Estrada da Saudade.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3712/3711.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3712/3711.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de novas lixeiras móveis na Rua Manoel Leal Nunes, próximo ao número 1920, Itaipava.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3715/3714.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3715/3714.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros, em toda extensão da Travessa Jacob Justen, Capela, bairro Bingen.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3716/3715.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3716/3715.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de nova lixeira móvel na Rua Bartolomeu Sudre, nº 140, Caxambu.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3719/3718.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3719/3718.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeiras móveis na Rua João de Farias, próximo ao nº 280, Alcobacinha.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3752/3751.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3752/3751.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROCEDER A MUDANÇA NO HORÁRIO DE COLETA DE LIXO DA RUA CASEMIRO DE ABREU, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3760/3759.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3760/3759.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROCEDER COM A INSTALAÇÃO DE PLACA "PROIBIDO JOGAR LIXO", NA RUA ELIZA MUSSEL PEIXOTO, Nº 226 - BAIRRO CAXAMBÚ.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3805/3804.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3805/3804.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de entulhos e lixo na Rua Capitão João Amâncio de Souza Coutinho (Rua 11), Bairro Castelo São Manoel em Corrêas.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3807/3806.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3807/3806.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde na Rua Domingo José Martins, em frente ao número 720, Bairro Nogueira.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3827/3826.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3827/3826.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de coleta de resíduos sólidos e retirada de entulho da Rua Jenny Gomes, próximo ao nº 531, Itaipava.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3839/3838.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3839/3838.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza, retirada de entulho e realização de coleta de resíduos sólidos na Rodovia BR040, KM 93, Santa Rosa, Petrópolis.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3840/3839.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3840/3839.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de nova lixeira móvel na Rodovia BR040, KM93, Santa Rosa.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3847/3846.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3847/3846.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO E AMPLIAÇÃO DO NÚMERO DE LIXEIRAS EM TODA A EXTENSÃO DA RUA DO IMPERADOR - BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3848/3847.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3848/3847.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS EM PONTOS ESTRATÉGICOS DA RUA BUENOS AIRES - BAIRRO CAXAMBU.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3849/3848.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3849/3848.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS EM PONTOS ESTRATÉGICOS DA RUA JOÃO CAETANO - BAIRRO CAXAMBU.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3850/3849.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3850/3849.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS EM PONTOS ESTRATÉGICOS DA AVENIDA BENJAMIN CONSTANT - BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3863/3862.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3863/3862.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desratização dos bueiros por toda extensão na Rua Humberto Rovigatti, Samambaia.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3864/3863.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3864/3863.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desratização dos bueiros por toda extensão na Rua Salomão Viana, Samambaia.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3882/3881.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3882/3881.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira com tampa, localizado na Estrada do Palmital, Rua E, Comunidade Águas Lindas, Bairro Nogueira.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3892/3891.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3892/3891.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeiras móveis na Rua Lopes Trovão, próximo ao nº 443, Chácara Flora.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3903/3902.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3903/3902.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS EM PONTOS ESTRATÉGICOS DA RUA CASEMIRO DE ABREU - BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3907/3906.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3907/3906.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE CAÇAMBA DE LIXO NA RUA FRANCISCO HILEN, PRÓXIMO AO NÚMERO 136 - BAIRRO MOSELA.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3918/3917.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3918/3917.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo, localizado na Estrada União e Indústria, próximo ao número 7752 (Rua do Restaurante Katsura), Bairro Bonsucesso.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3919/3918.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3919/3918.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e limpeza dos bueiros localizado na Estrada União e Indústria, próximo ao número 7752 (Rua do Restaurante Katsura), Bairro Bonsucesso.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3923/3922.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3923/3922.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira, localizado na Rua Martins da Silva Moura, comunidade Santa Luzia, Bairro Araras.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3924/3923.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3924/3923.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira, localizada na Rua Som das Águas, Bairro Vale das Videiras.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3926/3925.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3926/3925.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a instalação de placa "proibido jogar lixo em área pública" na Rua Luis Paulistano, nº 381, Estrada da Saudade.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3927/3926.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3927/3926.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a instalação de placa "proibido jogar lixo em área pública" na Rua Alvaro Machado, nº 112, São Sebastião.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3931/3930.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3931/3930.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a manutenção dos bueiros constantes da Travessa Nossa Senhora da Conceição, 60 - Valparaiso.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3958/3957.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3958/3957.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma coletora de lixo na Estrada União e Indústria, em frente ao nº 8764, Itaipava.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3960/3959.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3960/3959.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma placa "Proibido jogar entulho" para a lixeira na Estrada União e Indústria, próximo ao nº 21.023, Pedro do Rio.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3977/3976.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3977/3976.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da troca da lixeira na Rua Epitácio Pessoa, Centro, em frente a farmácia Popular do Município.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3984/3983.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3984/3983.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da retirada de lixo e entulho em toda extensão da Rua Oliveira de Bulhões, Cascatinha.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3991/3990.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3991/3990.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza em toda extensão da Rua Aníbal Lobo, Quissamã.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4007/4006.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4007/4006.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vacinação contra Covid-19 em toda equipe que trabalha na coleta de lixo domiciliar e hospitalar da cidade.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4011/4010.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4011/4010.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO NA RUA MADRE FRANCISCA PIA, DO NÚMERO 267 EM DIANTE - BAIRRO QUARTEIRÃO INGELHEIN.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4038/4037.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4038/4037.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalar uma coletora de lixo com tampa na Rua Bernardo Coutinho, perto do sítio da Otocha, Bairro Araras.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4042/4041.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4042/4041.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo com tampa, na subida da Estrada das Perobas, Bairro Araras.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4045/4044.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4045/4044.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde em toda a extensão da Rua Antônio Flor da Silva, Vista Alegre, Bairro Corrêas.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4047/4046.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4047/4046.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde em toda a extensão da Estrada das Perobas, bairro Araras.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4051/4050.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4051/4050.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a retirada dos latões de lixo que ficam na entrada da Servidão Adão Carlos - Taquara.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4087/4086.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4087/4086.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO EM TODA A EXTENSÃO DA RUA GASTÃO MARQUÊS LAMOUNIER - BAIRRO MAUÁ.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4096/4095.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4096/4095.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação de coleta de lixo domiciliar pelos caminhões na Rua Eulália Almeida Matos Oliveira, localizada na Rua Humberto Rovigatti, no bairro Samambaia.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4106/4105.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4106/4105.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lugar das lixeiras da Rua do Pedestre, Vale do Carangola, Bairro Carangola.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4121/4120.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4121/4120.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de remoção de barreira e limpeza da Rua Dr. Lippold, próximo ao nº 776, Carangola.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4153/4152.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4153/4152.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar recolhimento de galhos, troncos e reforma da galeria do córrego que corta o pátio na Creche Recrear localizada na Rua Divino Espirito Santo, Nº 337- bairro Carangola.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4160/4159.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4160/4159.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da Praça situada na Rua Monsenhor Barcelar, Centro.</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4191/4190.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4191/4190.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução do ralo de coleta de águas pluviais, no Posto de Saúde do Quitandinha, Bairro Quitandinha.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4275/4274.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4275/4274.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da via e desobstrução de bueiros situados à Alameda Aclimação, próximo ao lote 19, Itaipava.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4329/4237-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4329/4237-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma lixeira por uma maior localizada no início da Rua Guilhermino Martinho, Pedro do Rio.</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4330/4328.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4330/4328.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reparos na base da lixeira localizada no início da Rua Guilhermino Martinho, Pedro do Rio.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4342/4340.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4342/4340.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar instalação de lixeira na Estrada da Fazenda Inglesa, próxima a travessia da BR ao lado do correio, Bairro Fazenda Inglesa.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4363/4361.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4363/4361.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de instalar câmeras de vigilância em pontos de descarte irregular de lixo, entulhos e demais materiais e objetos inservíveis.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4389/4387.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4389/4387.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de priorizar os servidores de limpeza urbana do nosso Município, na vacinação do novo corona vírus.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4435/4431.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4435/4431.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e desobstrução dos bueiros na Servidão Manoel Kapps, no quarteirão Ingelheim, próximo ao 1011, Bingen.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4498/4494.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4498/4494.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Rua Rockfeller, Valparaíso.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4535/4531.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4535/4531.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de coleta de resíduos sólidos na Estrada Mineira, próximo ao nº 300, Corrêas.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4537/4533.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4537/4533.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituir a lixeira fixa por um contêiner de plástico localizada na Estrada União e Indústria, número 18.135, Pedro do Rio.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4538/4534.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4538/4534.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do canteiro central localizado na Estrada União e Indústria, número 11.881, Itaipava.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4539/4535.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4539/4535.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde e entulhos em toda extensão da Estrada Ministro Salgado Filho, Cuiabá.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4568/4564.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4568/4564.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento de lixo na Estrada do Bonfim nº 913 - Corrêas.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4572/4568.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4572/4568.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com as condutas necessárias visando a retirada de lixo nas caçambas, localizadas próximo ao número 155, na Rua Luiz Salomão Viana - Samambaia.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4582/4578.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4582/4578.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de novas lixeiras móveis, na Rua Joaquim Gomensoro, próximo ao nº 273, Valparaíso.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4612/4608.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4612/4608.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirar entulhos e lixo verde em toda extensão da Rua Almirante Roque Dias Fernandes, Itaipava.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4613/4609.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4613/4609.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocar um contêiner de plástico para coleta de lixo domiciliar número 500, no final da Rua D, Nogueira.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4653/4649.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4653/4649.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da substituição das coletoras de lixo na Rua Princesa Isabel, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4656/4652.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4656/4652.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeiras móveis na Rua Prefeito Ari Barbosa, próximo ao número 87, tendo como ponto de referência o primeiro retorno da Rua Teresa, Entrada da Casa Verde.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4669/4665.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4669/4665.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada do lixo verde e entulhos, atrás da quadra, na Comunidade do Neylor, retiro.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4683/4679.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4683/4679.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros localizados na Avenida Leopoldina, próximo ao número 701, em frente ao condomínio San Raphael, Nogueira.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4698/4694.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4698/4694.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza em toda extensão do piso do terminal rodoviário de Itaipava, localizado na Estrada Philuvio Cerqueira Rodrigues, próximo ao número 90, Bairro Itaipava.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4700/4696.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4700/4696.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de terra e limpeza do viradouro localizado no inicio da altura do nº 1285 da Rua Lopes de Castro, bairro Valparaíso.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4727/4723.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4727/4723.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desentupimento dos bueiros na Estrada Mineira, nº 1537, Samambaia.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4728/4724.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4728/4724.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução da via antes da ponte de ferro na Rua Marcolino Simões, Bela Vista.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4734/4730.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4734/4730.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza nas margens do rio da Rodovia Presidente Juscelino Kubitschek, próximo a lanchonete vitória, Corrêas.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4798/4794.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4798/4794.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO E ENTULHO NA RUA HENRIQUE PAIXÃO - BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4808/4804.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4808/4804.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de mais uma lixeira móvel na Rua Coronel Veiga nº 585, Coronel Veiga, Residencial San Vicenzo.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4810/4806.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4810/4806.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com as condutas necessárias visando a retirada de lixo nas caçambas, localizadas próximo ao número 300, na Rua Humberto Rovigatti - Samambaia.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4835/4831.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4835/4831.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira com tampa na Rodovia Philúvio Cerqueira Rodriguês, número 2.651, Benfica, Itaipava.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4838/4834.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4838/4834.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de lixeira fixa na Rua Capitão João Amâncio de Souza Coutinho, próximo ao número 427, Castelo São Manoel.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4977/4972.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4977/4972.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de 4 lixeiras na Estrada Nova Esperança, número 4.380, Vale do Cuiabá.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4998/4993.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4998/4993.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da caçamba de lixo no ponto final da Rua Edson Carlos de Souza, Alcobacinha.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4999/4994.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4999/4994.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de placa proibindo o descarte irregular de lixo e entulho na Praça Travessa Machado Fagundes, Estrada da Saudade.</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5005/5000.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5005/5000.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS EM PONTOS ESTRATÉGICOS DA PRAÇA DUQUE DE CAXIAS LOCALIZADA ENTRE A RUA SILVA JARDIM E A AVENIDA BENJAMIM CONSTANT - BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5115/5110.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5115/5110.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Estrada Doutor Rui da Costa Leite, próximo ao número 671, Secretário.</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5125/5120.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5125/5120.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de restaurar todas as lixeiras, na Vila São José, Localizado na Rua Paulino Afonso, Bingen.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5134/5129.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5134/5129.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e reforma da coletora de lixo na Vila Leopoldina, em frente ao bar paraba bar, em Pedro do Rio.</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5141/5136.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5141/5136.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar desinfecção através do caminhão pipa, no Parque de Exposição de Itaipava, Itaipava.</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5142/5137.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5142/5137.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, na Praça de Nogueira, Nogueira.</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5144/5139.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5144/5139.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em torno do Lago de Nogueira, Nogueira.</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5145/5140.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5145/5140.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade desinfecção através de caminhão pipa, em toda a extensão da Servidão Agenor Filgueiras, Carrapicho, Localizado na Rua Bernardo Coutinho, Araras.</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5146/5141.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5146/5141.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Alameda Paranhos de Oliveira, Araras.</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5147/5142.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5147/5142.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Rua Mariquinha Ribeiro, Comunidade Vista Alegre, Araras.</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5148/5143.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5148/5143.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada dos Candimbas, Araras.</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5149/5144.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5149/5144.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Rua Pedro Aquino, Vista Alegre, Araras.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5150/5145.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5150/5145.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através do caminhão pipa, em toda a extensão da Rua Maria Adélia de Souza, Comunidade Vista Alegre, Araras.</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5152/5147.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5152/5147.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Rua Agnello Barreiros, Vista Alegre, Araras.</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5153/5148.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5153/5148.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada da Mombaça, Araras.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5154/5149.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5154/5149.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Segunda Avenida, Vila do Sossego, Araras.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5155/5150.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5155/5150.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada Almirante Paulo Meira, Vale das Videiras Araras.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5157/5152.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5157/5152.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada das Perobas, Araras.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5158/5153.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5158/5153.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Rua João Martins Freire, Araras.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5159/5154.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5159/5154.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Alameda Crespo de Pinho, Araras.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5160/5155.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5160/5155.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada da Mata, Araras.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5161/5156.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5161/5156.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada da Cachoeira, Araras.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5162/5157.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5162/5157.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Alameda Paulo Geraldo Milliet, Araras.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5163/5158.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5163/5158.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Estrada Bernardo Coutinho, Araras.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5165/5160.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5165/5160.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de fornecimento de equipamentos para a proteção individual tais como: luvas, máscaras, capas de chuvas e calçados adequados para os garis que atuam no nosso município.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5176/5171.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5176/5171.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a troca de lixeiras, e adequação do espaço onde há coleta de lixo, na Rua Brigadeiro Castrioto, em frente ao nº 2750, Bairro Esperança.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5178/5173.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5178/5173.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar instalação de lixeira móvel, na Rua Divino Espírito Santo, Bairro Carangola.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5189/5184.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5189/5184.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar instalação de lixeira no ponto de ônibus, na Rua Divino Espírito Santo, nº 730, Bairro Carangola.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5190/5185.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5190/5185.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desinfecção através de caminhão pipa, em toda a extensão da Rua Juscelino Kubitschek, Araras.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5217/5212.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5217/5212.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de fazer desinfecção através de caminhão pipa, em toda a extensão da Estrada Poço dos Peixes, Araras.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5230/5225.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5230/5225.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de lixeira fixa na Rua dos Macacos, Retiro das Pedras, Bairro Pedro do Rio.</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5246/5241.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5246/5241.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLOCAÇÃO DE UMA NOVA CAÇAMBA DE LIXO NA ENTRADA DA SERVIDÃO SÃO GERALDO - BAIRRO CONTORNO.</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5258/5253.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5258/5253.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a reforma da lixeira, na Rua Arnold Félix, próximo ao nº 291, Monte Florido, Bairro Estrada da Saudade.</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5288/5283.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5288/5283.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da lixeira na estrada União e Indústria 25310 ao lado do Bar do Carlinhos Barra Mansa Pedro do Rio 4 Distrito deste Município.</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5300/5295.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5300/5295.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma coletora de lixo, localizado na Rua Dr. Paulo Hervê em frente ao nº07, no bairro Bingen, neste município.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5313/5308.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5313/5308.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza capina varrição e retirada de entulho na rua manoel walter bechtlufft (antiga rua 12) castelo são manoel.</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5329/5324.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5329/5324.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de de instalação de uma lixeira para coleta de lixo domiciliar na Rua José da Gama, próximo ao número 1025, Madame Machado, Itaipava.</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5340/5335.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5340/5335.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE UMA CAÇAMBA DE LIXO PARA A RUA IRINEU CORRÊA, PRÓXIMO AO NÚMERO 67 - BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5341/5336.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5341/5336.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROCEDER A COLETA DE LIXO E ENTULHO PARA A RUA IRINEU CORRÊA, PRÓXIMO AO NÚMERO 67 - BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5356/5351.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5356/5351.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução de um bueiro, localizado na Rua Agnello Barreiros, próximo ao ponto final do ônibus, Comunidade Vista Alegre, Bairro Araras.</t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5367/5362.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5367/5362.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de duas caçambas do local na Rua Fabrício de Matos, Cemitério Municipal, ao lado da marmoraria, Bairro Centro.</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5418/5413.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5418/5413.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de mediação junto à Comdep para o aumento da equipe operacional responsável pela poda corte de árvores e recolhimento do lixo verde bem como outras providências relacionadas no âmbito do município de Petrópolis.</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5450/5445.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5450/5445.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza e desobstrução dos bueiros na Rua Emídio Tavares - Carangola - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5452/5447.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5452/5447.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INCLUSÃO DOS PROFISSIONAIS DA LIMPEZA E CONSERVAÇÃO, TERCEIRIZADOS OU NÃO, QUE ATUAM EM ESPAÇOS E ESTABELECIMENTOS DE ASSISTÊNCIA E VIGILÂNCIA À SAÚDE, NA PRIMEIRA ETAPA DA PRIMEIRA FASE DE VACINAÇÃO CONTRA A COVID-19, JUNTO AOS TRABALHADORES DA SAÚDE DA LINHA DE FRENTE.</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5591/5586.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5591/5586.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo na Servidão Arlindo Teives Soares, Roseiral.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5610/5605.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5610/5605.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de cerca ou rede de proteção junto a lixeira situada na Rua Francisco Manoel, próximo ao n° 343 - Centro, tendo como ponto de referência a primeira rua à esquerda depois do Hospital Santa Teresa.</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5614/5609.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5614/5609.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento de bueiros, localizado na Rua Padre Feijó, próximo ao nº 51, Alto da Serra.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5636/5631.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5636/5631.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca das caçambas de lixo, situadas na Rua Marechal Hermes da Fonseca, Bairro Quarteirão Ingelhein.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5654/5649.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5654/5649.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição das coletoras de lixo na Estrada do Palmital, próximo ao paredão da comunidade, Águas Lindas, Nogueira.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5655/5650.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5655/5650.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição das coletoras de lixo na Rua C, Águas Lindas, Nogueira.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5672/5667.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5672/5667.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da coletora de lixo, localizada na Rua Coronel Albino Siqueira, na altura do número 436, próximo ao DETRAN, Alto da Serra.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5682/5677.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5682/5677.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROCEDER A INSTALAÇÃO DE PLACA PROÍBIDO JOGAR LIXO, NA ESTRADA DA SAUDADE N° 2.450 - BAIRRO ESTRADA DA SAUDADE.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5697/5692.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5697/5692.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de grade que inviabilize o depósito de lixo na Rua Ananias de Morais, nº 2820, Corrêas, tendo como ponto de referência o "Posto Dois" próximo à Estrada Mineira.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5727/5722.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5727/5722.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da lixeira e seu arredor na Rua Prof. Spartaco Banal, nº 296-A, Itamarati.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5732/5727.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5732/5727.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução dos bueiros na Rua Ângelo João Brand, Independência.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5776/5771.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5776/5771.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas coletoras de lixo, localizado na Estrada Mata Cavalo, próximo ao ponto final do ônibus, Comunidade Santa Luzia, Bairro Araras.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5792/5787.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5792/5787.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de duas lixeiras , na Rua Bernardo Proença em frente ao Nº 261, no Bairro - Itamarati.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5793/5788.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5793/5788.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE SE PROCEDER A LIMPEZA E DESOBSTRUÇÃO DAS CANALETAS DE ÁGUAS PLUVIAIS DO MORRO DOS FERROVIÁRIOS, ENTRE O N° 1453 AO 4666 - BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5827/5822.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5827/5822.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção em toda extensão da Rua Princesa Dona Paula, Corrêas.</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5831/5826.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5831/5826.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da colocação de uma caçamba de lixo para atender os moradores na Estrada União e Indústria nº 14241, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5848/5843.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5848/5843.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desratização na Rua Itália, próximo ao número 135 - Vila Militar.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5858/5853.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5858/5853.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de REALIZAÇÃO DE TROCA DE LIXEIRA NA RUA ARARUAMA, BAIRRO QUITANDINHA.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5865/5860.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5865/5860.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira onde se encontra o monumento conhecido como Mirante do Cristo, localizado na Estrada Rio Petrópolis, Km 85, após o túnel na pista de subida.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5866/5861.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5866/5861.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Rua Valdemar Vieira Afonso, próximo ao número 7 - Carangola.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5910/5905.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5910/5905.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de regularização de coleta de lixo e entulho na Rua Manoel Feo, Independência - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5934/5929.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5934/5929.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do córrego da Rua Ângelo João Brand, Independência.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5967/5962.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5967/5962.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Estrada União e Indústria, próximo ao número 6.572, ao lado do ponto de ônibus sentido centro - Nogueira.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5970/5965.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5970/5965.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de uma lixeira localizada na Rua Emílio Zanata, em frente ao número 820, Pedro do Rio.</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6008/6003.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6008/6003.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de de instalação de uma lixeira na Rua Flavio Cavalcanti, próximo ao número 540, Caxambu.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6068/6062.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6068/6062.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de mais uma lixeira móvel na Rua Treze de Maio, Centro, tendo como ponto de referência o nº 243.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6073/6067.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6073/6067.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DAS MARGENS E DRAGAGEM DO RIO PIABANHA , NA RUA CORONEL DUARTE DA SILVEIRA, NA ALTURA DO NÚMERO 666 - ANTIGA FAGAN.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6076/6070-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6076/6070-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de 2 bueiros na Rua da Imperatriz, localizados em frente aos números 43 e 77.</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6085/6079.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6085/6079.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira na Rua Arcelino Corrêa Machado, próximo ao número 162, BR 040, Pedro do Rio.</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6095/6089.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6095/6089.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de serviço de Desratização na Servidão Zerilda Monteiro da Silva Nº 120, Bonfim, Correas - - Petrópolis/RJ, Cep: 25730-002.</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6128/6122.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6128/6122.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros na Rua Álvaro Azevedo nº 527, Corrêas.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6164/6158.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6164/6158.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeiras na Rua Brigadeiro Castrioto, próximo ao número 2514, Bairro Provisória.</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6167/6161.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6167/6161.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e retirada de entulhos na Estrada União e Indústria, próximo ao número 968, Roseiral.</t>
   </si>
   <si>
     <t>6213</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6213/6207.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6213/6207.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desentupimento do bueiro localizado na Rua Cristóvão Colombo, nº 474, no bairro Castelânea.</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6242/6236.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6242/6236.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo sobre a troca do local de instalação das lixeiras localizadas na Estrada da Independência, Quarteirão Italiano, próximo ao número 1.980 - Independência.</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6245/6239.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6245/6239.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria na lixeira que fica na Rua Felipe Camarões, 310, Escadaria do Neylor - Retiro.</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6267/6261.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6267/6261.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de manutenção e reparo nas lixeiras fixas, localizadas na Rua Norival Ribeiro Damasceno, Bairro da Glória, em frente à quadra de esportes.</t>
   </si>
   <si>
     <t>6274</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6274/6268.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6274/6268.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de lixeira com tampa na Rua Mosela, próximo ao número 25, Bairro Mosela.</t>
   </si>
   <si>
     <t>6280</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6280/6274.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6280/6274.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma da coletora de lixo (base de tijolo parte de cima ferro), na Rua Josephina Silva Huber - Vila Rica.</t>
   </si>
   <si>
     <t>6284</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6284/6278.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6284/6278.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira com tampa na Rua Rio da Cidade, Buraco do Sapo, Bairro Araras.</t>
   </si>
   <si>
     <t>6285</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6285/6279.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6285/6279.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 8 coletoras de lixo na Rua C, ao lado da igreja católica, Vila Rica, Bairro Pedro do Rio.</t>
   </si>
   <si>
     <t>6286</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6286/6280.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6286/6280.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de lixeira na Rua C, ao lado da igreja católica, Vila Rica, Bairro Pedro do Rio.</t>
   </si>
   <si>
     <t>6298</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6298/6292.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6298/6292.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas contêineres, na rua professor Eugênio Werneck Nº 326 (Pedro Ivo) Bairro - Morin.</t>
   </si>
   <si>
     <t>6325</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6325/6319.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6325/6319.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza geral nas redondezas do Antigo Clube Centenário, localizado na Rua Duarte da Silveira, nº15, no Bairro Bingen.</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6351/6345.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6351/6345.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construção da base de uma lixeira na Rua Mosela, número 550, Mosela.</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6360/6354.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6360/6354.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição das coletoras de lixo na Estrada Nossa Senhora da Gloria, localizado no Bairro da Glória, Corrêas, próximo a quadra.</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6363/6357.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6363/6357.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Estrada Ministro Salgado Filho, próximo ao número 3035, Itaipava</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6364/6358.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6364/6358.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Estrada Ministro Salgado Filho próximo ao número 2500 no Bairro Itaipava.</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6368/6362.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6368/6362.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Estrada Ministro Salgado Filho, próximo ao número 343, no Bairro Itaipava.</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6369/6363.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6369/6363.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de lixeira na Estrada Ministro Salgado Filho, próximo ao número 5234, no Bairro Itaipava.</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6370/6364.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6370/6364.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reparo de lixeira na Estrada Ministro Salgado Filho, próximo ao número 4115, no Bairro Itaipava.</t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6371/6365.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6371/6365.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reparo de lixeira na Estrada Ministro Salgado Filho, próximo ao número 5555, no Bairro Itaipava.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6423/6417.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6423/6417.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da retirada de lixo verde, na Rua Alameda João Câmara em toda a sua extensão, estrada do Brejal, Posse, 5º distrito de Petrópolis.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6438/6432.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6438/6432.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de concerto da base da lixeira localizada na Rua José Joaquim Rodrigues próximo ao número 578, Pedro do Rio.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6439/6433.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6439/6433.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas lixeiras na Rua Bataillard, próximo ao número 001, Servidão Carmen Silva, Mosela.</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6448/6442.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6448/6442.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira fixa na entrada da Estrada da Capitinga, Bairro Fazenda Inglesa, tendo como ponto de referência o ponto de ônibus à beira da estrada localizado na Rodovia BR 040, Km 73, sentido Juiz de Fora.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6602/6596.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6602/6596.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de dragagem do lago do Parque São Vicente.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6620/6614.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6620/6614.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, na Estrada União e Industria em frente ao número 6.590 A, sentido centro, no bairro Nogueira.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6631/6625.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6631/6625.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a desratização na lixeira, na Rua Ângelo João Brand, próximo ao nº 516 - Independência.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6657/6651.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6657/6651.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde, na Rua Manoel Pereira Barbosa, em toda a sua extensão, Posse, 5º distrito de Petrópolis.</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6676/6670.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6676/6670.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de duas lixeiras na Rua Retiro das Pedras, próximo ao número 01, Pedro do Rio.</t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6679/6673.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6679/6673.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza na boca de lobo localizada Estrada Torres do Morin, nº 45, bairro Morin.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6777/6771.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6777/6771.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reposição de uma lixeira na Estrada José Carneiro Dias, nº 977, próximo ao ponto de ônibus, Samambaia.</t>
   </si>
   <si>
     <t>6813</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6813/6803.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6813/6803.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição das lixeiras no ponto final da Vila Santos, Caminho do Fragoso, Estrada da Saudade.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6826/6816.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6826/6816.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma caçamba de lixo para a Estrada José Almeida Amado s/nº, Caxambu.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6846/6835.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6846/6835.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de repor as lixeiras na praça Monsenhor Aquiles de Mello, na Rua Hívio Naliato, Cascatinha.</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6850/6839.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6850/6839.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento do bueiro da rede de esgoto na Rua hyvio Naliato, Cascatinha.</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6851/6840.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6851/6840.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reposição das lixeiras na Estrada José Carneiro Dias, próximo ao ponto de ônibus no começo da via, Bairro Samambaia, Cascatinha.</t>
   </si>
   <si>
     <t>6881</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6881/6870.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6881/6870.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira móvel na Estrada Almirante Paulo Meira, Vale das Videiras, tendo como ponto de referência o nº1801.</t>
   </si>
   <si>
     <t>6886</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6886/6875.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6886/6875.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo de viabilidade para mudança de posição da lixeira móvel localizada na Rua Carlos Gomes, após a entrada do bairro Mosela, próxima ao nº 114, tendo como ponto de referência a Cruz Vermelha.</t>
   </si>
   <si>
     <t>6913</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6913/6902.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6913/6902.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do desentupimento do bueiro, na Rua Dr. Bonjean - Provisória.</t>
   </si>
   <si>
     <t>6915</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6915/6904.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6915/6904.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a manutenção da lixeira na Rua Henrique João da Cruz, Lote B, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>6916</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6916/6905.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6916/6905.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar instalação de lixeira de concreto na Rua Caminho da Ladeira, em frente ao nº224, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>6960</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6960/6949.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6960/6949.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação de uma caçamba para entulho na Rua Pedro Ivo, próximo ao número 289, Bairro Morin.</t>
   </si>
   <si>
     <t>6975</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6975/6964.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6975/6964.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que as Caçambas de entulho e as lixeiras não sejam colocadas nas margens dos rios, (fora da área de APP).</t>
   </si>
   <si>
     <t>7053</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7053/7042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7053/7042.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma caixa coletora de lixo ao lado da Servidão localizada na altura do nº 256 da Estrada Presidente Sodré , Siméria.</t>
   </si>
   <si>
     <t>7069</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7069/7058.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7069/7058.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de colocação de 2 lixeiras na Rua Marechal Hermes da Fonseca, próximo ao nº 391, localizada no bairro Quarteirão Ingelheim.</t>
   </si>
   <si>
     <t>7087</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7087/7076.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7087/7076.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo de viabilidade para mudança de posição das lixeiras móveis localizadas na Rua Divino Espírito Santo - Carangola, logradouro localizado em frente a Comunidade Católica Jesus Menino.</t>
   </si>
   <si>
     <t>7177</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7177/7166.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7177/7166.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de novas coletoras de lixo na Rua Amazonas, Nogueira, ponto de referência: subida pelo lago, primeira á esquerda (rua de paralelos).</t>
   </si>
   <si>
     <t>7210</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7210/7199.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7210/7199.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 6 barris de lixo, na Alameda Aclimação, casa 07 A, bairro Itaipava.</t>
   </si>
   <si>
     <t>7212</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7212/7201.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7212/7201.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do desentupimento do bueiro na Rua Dr. João Barcelos, próximo a Escola Municipal Carmen Nunes - Ponte de Ferro.</t>
   </si>
   <si>
     <t>7281</t>
   </si>
   <si>
     <t>5903</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7281/7270.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7281/7270.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza geral no lago da Praça matriz de Cascatinha, Rua Hívio Naliato , Cascatinha.</t>
   </si>
   <si>
     <t>7285</t>
   </si>
   <si>
     <t>5906</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7285/7274.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7285/7274.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da troca da lixeira na Rua Washington Luiz nº 1053, Centro.</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7291/7279.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7291/7279.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de de instalação de uma lixeira na Rua Emílio Zanatta, próximo ao número 986, Pedro do Rio.</t>
   </si>
   <si>
     <t>7294</t>
   </si>
   <si>
     <t>5914</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7294/7282.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7294/7282.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de colocação urgente de dois contêineres para acomodação do lixo na Estrada União e Indústria, nº 9.418 - atrás da placa Jardim Imperial - Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7295/7283.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7295/7283.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde, próximo ao número 349, na rua Quissamã, Quissamã.</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7377/7365.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7377/7365.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de necessidade de desassoreamento do rio em toda a extensão da Rua Cel. Duarte da Silveira, bairro Bingen.</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7451/7438.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7451/7438.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza desentupimento de bueiro da Rua Dr João Barcelos nº 687, em frente a Escola Carmem Nunes, Bairro Ponte de Ferro.</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7452/7439.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7452/7439.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção do córrego que atravessa toda Rua Laurinda Lopes de Medeiros, Pedro do Rio.</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7455/7442.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7455/7442.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de 2 (duas) coletoras de lixo, situadas em frente ao número 819, no ponto final do ônibus, na rua Alberto de Oliveira, Mosela.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7460/7447.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7460/7447.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de 03 coletoras de lixo tipo container, na Estrada de Secretário nº 719, alto pegado, Pedro do Rio.</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7495/7481.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7495/7481.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, próximo ao número 43 na Rua da Imperatriz, centro.</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7548/7534.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7548/7534.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Rua José Joaquim Rodrigues, próximo ao número 19.600, Pedro do Rio.</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7551/7537.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7551/7537.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de dragagem em toda extensão do Córrego de Secretário, Secretário.</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7552/7538.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7552/7538.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de duas contêineres para o lixo, na rua flavio cavalcante próximo ao nº 895 - bairro: caxambu - petrópolis/Rj.</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7581/7567.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7581/7567.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de serviço de limpeza urbana próximo ao número 348, na rua Quissamã, Quissamã.</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7590/7576.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7590/7576.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e dragagem do Rio Piabanha, no trecho entre os bairros Corrêas e Itaipava.</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7688/7672.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7688/7672.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desratização dos bueiros por toda extensão da Rua Hyvio Naliato na Praça de Cascatinha, Samambaia.</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7691/7675.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7691/7675.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do desentupimento do bueiro, na Rua Brigadeiro Castrioto nº 2001 ao lado do nº 1032, Provisória.</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7692/7676.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7692/7676.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do desentupimento do esgoto, na Estrada União e Indústria em frente ao nº 12726 (Mercadinho de Itaipava).</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7705/7689.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7705/7689.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE SUBSTITUIÇÃO DA LIXEIRA NA RUA HUMBERTO ROVIGATTI, Nº 1028, SAMAMBAIA.</t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7775/7756.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7775/7756.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construção de base, bem como seja instalada tela de proteção em torno da coletora de lixo e seja recuperada a calçada, na Rua Mosela, em frente ao número 543, Mosela - Centro.</t>
   </si>
   <si>
     <t>7777</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7777/7758.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7777/7758.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção na praça Wilson Veiga, localizada na Rua Bernardo Vasconcelos, Cascatinha.</t>
   </si>
   <si>
     <t>7836</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7836/7817.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7836/7817.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de regularização de coleta de lixo, na Rua Santa Rita de Cássia - Castrioto.</t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7843/7824.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7843/7824.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira de alvenaria, localizada na Rua Doutor Bina, Calembe, Nogueira, ao lado da igreja católica.</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7844/7825.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7844/7825.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira de alvenaria, localizada na Rua 11, bloco 13, manobrador de ônibus, Castelo São Manoel.</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7876/7857.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7876/7857.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza, desentupimento da galeria de esgoto águas pluviais, canaletas e bueiros, localizada na estrada da mineira nº 1739, em frente a escadaria da glória, no bairro: Corrêas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>7877</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7877/7858.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7877/7858.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de regularização da coleta de lixo, em toda a extenção da Rua Atílio Marotti, Manoel dos Passos - Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>7881</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7881/7862.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7881/7862.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento e a limpeza da rede de esgoto em toda extensão da Rua Itaperuna , Bairro Quitandinha.</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
     <t>6282</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7889/7870.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7889/7870.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de coletoras de lixo, entre os números 362 e 344, na Rua Alfredo Schilick, Chácara Flora - Alto da Serra.</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
     <t>6287</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7895/7876.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7895/7876.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DO CÓRREGO PRÓXIMO A RUA DO SÍTIO N° 01, COMUNIDADE DO NEYLOR - BAIRRO RETIRO.</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
     <t>6290</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7898/7879.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7898/7879.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução (urgente) do rio (córrego) em toda a exetensão da rua prefeito Iedo Fiuza, bairro: Independência - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
     <t>6299</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7911/7892.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7911/7892.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma caçamba de lixo na Estrada de Secretário, próximo ao KM 05, Secretário.</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7912/7893.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7912/7893.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza e manutenção de um bueiro localizado na Rua João de Farias, próximo ao nº 270, Itamarati.</t>
   </si>
   <si>
     <t>7957</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7957/7937.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7957/7937.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da caçamba de lixo, próximo ao nº 750, Rua Salomão Viana, Samambaia.</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
     <t>6322</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7958/7938.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7958/7938.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da caçamba de lixo na Rua Timóteo Caldara, nº 255 C, Bela Vista, Itamarati.</t>
   </si>
   <si>
     <t>7976</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7976/7956.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7976/7956.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição da caçamba de lixo, próximo a creche, Rua Veridiano Felix, nº 169, Estrada da Saudade.</t>
   </si>
   <si>
     <t>7982</t>
   </si>
   <si>
     <t>6341</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7982/7962.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7982/7962.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de de coleta de lixo em toda a extensão da Estrada do Rio Pequeno, Secretário.</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7998/7977.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7998/7977.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora de lixo, na Rua da Floresta, próximo ao número 216, Bairro Floresta.</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8038/8017.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8038/8017.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO E LIMPEZA DE BUEIROS DA RUA PRESIDENTE JOÃO GOULART - BAIRRO VALPARAÍSO.</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8063/8042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8063/8042.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza dos bueiros existentes na Rua Manoel Afonso, Vila Militar, Bingen.</t>
   </si>
   <si>
     <t>8111</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8111/8089.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8111/8089.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma caçamba de lixo na Rua Hemilio Zanatta, Pedro do Rio.</t>
   </si>
   <si>
     <t>8136</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8136/8114.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8136/8114.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução do rio (córrego) em toda a extensão da ladeira rocha miranda, bairro: quarteirão ingelhein - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>8149</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8149/8127.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8149/8127.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza no sistema de captação de águas pluviais em toda extensão da Rua Edson Carlos de Souza, Alcobacinha.</t>
   </si>
   <si>
     <t>8197</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8197/8175.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8197/8175.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE UMA COLETORA DE LIXO NA RUA HENRIQUE PAIXÃO, 1.346 - BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8198/8176.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8198/8176.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA EM TODA A EXTENSÃO DO CANAL DA RUA DR. PAULO HERVÊ - BAIRRO BINGEN.</t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8199/8177.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8199/8177.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DAS BOCAS DE LOBO EM TODA A EXTENSÃO DA RUA DR. PAULO HERVÊ - BAIRRO BINGEN.</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8208/8186.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8208/8186.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde, próximo ao número 26018, na rua Barbosa Lima Sobrinho, Pedro do Rio.</t>
   </si>
   <si>
     <t>8209</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8209/8187.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8209/8187.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS PLÁSTICAS NA ESTRADA DA SAUDADE 1.631 - BAIRRO ESTRADA DA SAUDADE.</t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8249/8227.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8249/8227.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de mais uma lixeira na Estrada União e Indústria, em frente ao número 22.333, Pedro do Rio.</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8253/8231.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8253/8231.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de viabilizar a coleta de lixo periódica e colocação de caçambas de lixo para atender os moradores na Rua Claudio Silva Vieira, Caititu - Correas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>8275</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8275/8253.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8275/8253.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desassoreamento, do córrego que corta o bairro Vila Rica.</t>
   </si>
   <si>
     <t>8287</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8287/8265.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8287/8265.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma lixeira na Rua Bahia, próximo ao número 37, Nogueira.</t>
   </si>
   <si>
     <t>8412</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8412/8390.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8412/8390.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que proceda com estudos e tome as legais e cabíveis providências, objetivando a locação de caminhões compactadores de lixo, para a prestação do serviço de coleta, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>8422</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8422/8400.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8422/8400.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de uma coletora seletiva, na Praça CEU, na Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>8435</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8435/8413.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8435/8413.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma equipe técnica, para realizar desratização, próximo ao Colégio Municipalizado Santa Terezinha, na Rua Augusto Francisco da Silva sem número , Pedro do Rio.</t>
   </si>
   <si>
     <t>8456</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8456/8434.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8456/8434.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico para a limpeza dos bueiros em toda extensão da Rua Niterói, bairro Quitandinha.</t>
   </si>
   <si>
     <t>8589</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8589/8567.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8589/8567.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução do bueiro, localizado ao lado da Granja Rapouso na estrada do Aras Faz Sol, a retirada de barreira e a colocação de pedras na Estrada Silveira da Mota, km. 4, Posse - Córrego Grande.</t>
   </si>
   <si>
     <t>8660</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8660/8638.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8660/8638.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e limpeza da galeria coletora de águas pluviais e esgoto (bueiro), próximo ao número 206, na Rua Ingelheim, Quarteirão Ingelhein.</t>
   </si>
   <si>
     <t>8664</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8664/8642.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8664/8642.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de coletora de lixo, próximo ao número 647, na Rua Vital Brasil , São Sebastião.</t>
   </si>
   <si>
     <t>8665</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8665/8643.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8665/8643.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma equipe técnica, para realizar desratização, próximo ao número 647, na Rua Vital Brasil, São Sebastião.</t>
   </si>
   <si>
     <t>8690</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8690/8668.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8690/8668.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e limpeza da galeria coletora de águas pluviais e esgoto (bueiro), no Conjunto Habitacional do Castelo Manoel, localizado na Rua Valter Bichtluf Coutinho 711, Corrêas.</t>
   </si>
   <si>
     <t>8693</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8693/8671.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8693/8671.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de serviço de limpeza urbana, no bairro Corrêas.</t>
   </si>
   <si>
     <t>8721</t>
   </si>
   <si>
     <t>6706</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8721/8699.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8721/8699.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de substituição de coletoras de lixo, localizadas próximo ao Lote 01, na Rua João Xavier, Comunidade Vitória, Duarte da Silveira.</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
     <t>6722</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8739/8717.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8739/8717.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de placa de informação de proibido jogar entulhos em uma lixeira na Rua Arcelino Corrêa Machado, próximo ao número 310, Pedro do Rio.</t>
   </si>
   <si>
     <t>8795</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8795/8773.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8795/8773.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca da lixeira na Rua Hivio Naliato, em frente a loja de tinta Luz e Cores, em Cascatinha.</t>
   </si>
   <si>
     <t>8851</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8851/8829.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8851/8829.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da praça do Itamarati, localizada na rua Quissamã, em frente ao nº 2201, Bairro: Itamarati, Petrópolis - RJ.</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8864/8842.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8864/8842.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento e troca da grade do bueiro, localizado na Rua Dr. Públio de Oliveira, próximo ao nº 176, bairro Morin.</t>
   </si>
   <si>
     <t>8899</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8899/8877.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8899/8877.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza da canaleta para escoamento das águas pluviais a partir da Rua Augusto Ferreira da Silva, 1014, em frente a casa do Sr. Paulinho "Barbeiro", até a conexão com a Rua C, no bairro Vila Rica.</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8921/8899.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8921/8899.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do Programa "GARI COMUNITÁRIO" no âmbito do município de Petrópolis.</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/8927.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/8927.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da regularização da coleta de lixo na Rua João de Farias n°896 Alcobacinha.</t>
   </si>
   <si>
     <t>8977</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8977/8955.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8977/8955.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento e reparo dos bueiros para canalização de águas pluviais, nas Ruas Estrada do Floresta, Jorge Land, João Glass Veiga, Dr. Fabio Luiz Perícia Gomes e Alberto Martins Floresta - bairro Floresta.</t>
   </si>
   <si>
     <t>9006</t>
   </si>
   <si>
     <t>6871</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9006/8984.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9006/8984.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de troca de lixeira localizada na Rua Lopes Trovão, entrada do pontilhão, altura do nº 1391 - Meio da Serra - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9009</t>
   </si>
   <si>
     <t>6874</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9009/8987.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9009/8987.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza, desentupimento da galeria de esgoto águas pluviais, canaletas e bueiros, Rua Lopes Trovão, altura do nº 1391, (próximo ao bar da Ponto beer) no bairro Alto da Serra - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9011</t>
   </si>
   <si>
     <t>6876</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9011/8989.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9011/8989.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desobstrução dos bueiros (URGENTE) em toda a extensão na Rua Coronel Batista da Silva, no bairro Morin - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
     <t>6883</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9026/9004.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9026/9004.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza, desentupimento, e troca da tampa de bueiro, Rua Marciano Magalhães, altura do nº 658, Bairro: Morin - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
     <t>6891</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9037/9015.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9037/9015.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza de bueiro na Rua Campo do Serrano, Bairro Bingen.</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>6898</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9056/9034.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9056/9034.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de promover a dedetização urgente da Praça CEU-Corta Rio, Centro da Posse, quinto distrito deste Município.</t>
   </si>
   <si>
     <t>9201</t>
   </si>
   <si>
     <t>6966</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9201/9179.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9201/9179.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja realizado o Desassoreamento Limpeza de Boca de Lobo Capina e Roçada em toda extensão do rio Entre o Terminal Rodoviário Imperatriz Leopoldina x Rua Caldas Viana.</t>
   </si>
   <si>
     <t>9206</t>
   </si>
   <si>
     <t>6971</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9206/9184.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9206/9184.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza/desobstrução de bueiro na Rua Francisco Raposo de Rezende, na altura do nº 21, Bairro Retiro, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
     <t>7015</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9291/9269.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9291/9269.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e desassoreamento em toda a extensão do córrego, localizado na Rua Caminho Monte Florido, Estrada da Saudade.</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
     <t>7017</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9293/9271.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9293/9271.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de mutirão para atender na limpeza por toda extensão da Rua Pedro Elmer, Cascatinha.</t>
   </si>
   <si>
     <t>9461</t>
   </si>
   <si>
     <t>7103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9461/9439.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9461/9439.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e limpeza da galeria coletora de águas pluviais e esgoto (bueiro), próximo ao número 19, na Av. Piabanha, Centro.</t>
   </si>
   <si>
     <t>9486</t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9486/9464.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9486/9464.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retirada de lixo verde na Rua Barbosa Lima Sobrinho, em frente ao número 26.000, Barra Mansa, Pedro do Rio.</t>
   </si>
   <si>
     <t>9531</t>
   </si>
   <si>
     <t>7146</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9531/9509.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9531/9509.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da limpeza do Córrego, próximo do Bar do Valdecir, estrada do Juruá, Bairro Nossa Senhora de Fátima, Posse, 5º Distrito deste município.</t>
   </si>
   <si>
     <t>9570</t>
   </si>
   <si>
     <t>7170</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9570/9548.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9570/9548.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento de lixo na Rua Itália, próximo ao número 130, Vila Militar.</t>
   </si>
   <si>
     <t>9591</t>
   </si>
   <si>
     <t>7173</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9591/9569.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9591/9569.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desobstrução e limpeza da galeria coletora de águas pluviais e esgoto bueiro, em frente ao ponto de ônibus localizado, próximo ao número 1.227, ponto de referência em frente a Ponte do Gentil, na Estrada das Arcas, Itaipava.</t>
   </si>
   <si>
     <t>9595</t>
   </si>
   <si>
     <t>7176</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9595/9573.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9595/9573.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de recolhimento de lixo verde na Estrada do Grotão, Bairro Malta, Araras.</t>
   </si>
   <si>
     <t>9605</t>
   </si>
   <si>
     <t>7181</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9605/9583.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9605/9583.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de desentupimento do bueiro em toda extensão da AVenida Koeler, Centro.</t>
   </si>
   <si>
     <t>9622</t>
   </si>
   <si>
     <t>7190</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9622/9600.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9622/9600.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza (urgente) na escola municipal Geraldo Ventura Dias, localizada na horta - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9747</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9747/9725.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9747/9725.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja realizada a limpeza e manutenção dos bueiros localizados na Rua Barão de Águas Claras localizado no bairro Caxambu.</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9758/9736.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9758/9736.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja realizada a limpeza e manutenção dos Bueiros localizados na Rua Figueira de Mello, localizado no bairro Caxambu.</t>
   </si>
   <si>
     <t>9820</t>
   </si>
   <si>
     <t>7280</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/9798.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/9798.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza e manutenção dos 4 bueiros localizados na altura do número 635 da Rua Dr. Sá Earp, bairro Morin.</t>
   </si>
   <si>
     <t>9858</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/9836.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/9836.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza do entorno da lixeira localizada no Km 65 da BR 040 pista sentido Juiz de Fora na rua com entrada na direita da passarela de pedestres.</t>
   </si>
   <si>
     <t>9876</t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9876/9854.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9876/9854.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de limpeza na praça, localizada na Rua Paris, Retiro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7191,67 +7191,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1499/1499.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3195/3194.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6565/6559.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9868/9846.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3658/3657.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3897/3896.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5077/5072.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3511/3510.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3519/3518.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3941/3940.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4426/4422.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4545/4541.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5022/5017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7672/7656.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7849/7830.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7914/7895.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8213/8191.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8399/8377.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8425/8403.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9682/9660.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/195.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/206.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/207.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/215.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/219.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/234.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/259.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/260.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/423.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/432/432.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/437/437.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/469.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/497.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/503.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/504.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/532.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/534.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/536.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/584.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/595.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/603/603.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/605.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/607.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/608.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/609.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/636.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/644.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/646.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/649.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/657.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/664.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/665.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/667.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/0680.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/0685.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/0687.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/0704.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/0706.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/0708.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/0710.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/719.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/746/746.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/790/790.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/815/815.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/860/860.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/877/877.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/884.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/886.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/888.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/901/901.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/902/902.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/903/903.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/904/904.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/906/906.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/907/907.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/908/908.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/909/909.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/947/947.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/948/948.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/949/949.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/977/977.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/978/978.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/979/979.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/983/983.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1009/1009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1029/1029.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1041/1041.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1052/1052.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1057/1057.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1061/1061.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1075/1075.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1086/1086.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1106/1106.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1130/1130.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1131/1131.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1140/1140.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1166/1166.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1169/1169.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1172/1172.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1200/1200.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1201/1201.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1208/1208.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1262/1262.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1286/1286.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1297/1297.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1301/1301.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1305/1305.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1325/1325.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1349/1349.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1350/1350.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1355/1355.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1360/1360.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1362/1362.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1388/1388.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1398/1398.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1411/1411.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1412/1412.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1433/1433.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1435/1435.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1443/1443.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1458/1458.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1459/1459.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1481/1481.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1508/1508.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1524/1524.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1530/1530.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1567/1567.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1580/1580.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1587/1587.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1600/1600.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1604/1604.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1616/1616.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1618/1618.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1625/1625.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1643/1643.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1645/1645.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1665/1664.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1692/1691.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1708/1707.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1711/1710.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1746/1745.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1752/1751.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1797/1796.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1814/1813.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1830/1829.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1856/1855.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1861/1860.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1865/1864.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1866/1865.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1875/1874.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1885/1884.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1891/1890.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1893/1892.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1894/1893.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1904/1903.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1907/1906.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1942/1941.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1958/1957.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1984/1983.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1987/1986.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1988/1987.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1995/1994.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1996/1995.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1997/1996.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1998/1997.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1999/1998.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2037/2036.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2038/2037.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2045/2044.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2050/2049.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2051/2050.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2063/2062.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2071/2070.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2082/2081.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2094/2093.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2095/2094.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2096/2095.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2100/2099.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2104/2103.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2105/2104.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2169/2168.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2173/2172.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2204/2203.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2209/2208.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2213/2212.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2231/2230.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2251/2250.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2273/2272.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2290/2289.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2301/2300.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2315/2314.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2332/2331.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2334/2333.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2346/2345.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2347/2346.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2371/2370.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2376/2375.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2442/2441.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2450/2449.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2455/2454.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2469/2468.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2486/2485.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2513/2512.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2526/2525.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2550/2549.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2574/2573.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2575/2574.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2599/2598.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2622/2621.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2638/2637.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2660/2659.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2661/2660.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2662/2661.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2707/2706.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2723/2722.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2734/2733.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2743/2742.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2782/2781.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2785/2784.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2796/2795.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2809/2808.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2831/2830.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2878/2877.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2882/2881.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2899/2898.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2902/2901.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3005/3004.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3081/3080.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3082/3081.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3109/3108.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3140/3139.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3154/3153.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3164/3163.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3171/3170.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3214/3213.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3277/3276.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3282/3281.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3292/3291.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3317/3316.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3319/3318.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3350/3349.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3474/3473.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3478/3477.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3505/3504.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3507/3506.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3508/3507.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3528/3527.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3532/3531.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3535/3534.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3554/3553.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3562/3561.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3563/3562.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3570/3569.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3574/3573.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3605/3604-.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3612/3611.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3617/3616.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3625/3624.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3631/3630.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3668/3667.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3676/3675.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3685/3684.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3695/3694.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3696/3695.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3701/3700.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3703/3702.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3705/3704.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3708/3707.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3712/3711.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3715/3714.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3716/3715.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3719/3718.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3752/3751.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3760/3759.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3805/3804.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3807/3806.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3827/3826.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3839/3838.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3840/3839.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3847/3846.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3848/3847.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3849/3848.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3850/3849.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3863/3862.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3864/3863.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3882/3881.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3892/3891.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3903/3902.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3907/3906.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3918/3917.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3919/3918.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3923/3922.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3924/3923.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3926/3925.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3927/3926.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3931/3930.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3958/3957.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3960/3959.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3977/3976.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3984/3983.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3991/3990.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4007/4006.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4011/4010.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4038/4037.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4042/4041.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4045/4044.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4047/4046.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4051/4050.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4087/4086.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4096/4095.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4106/4105.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4121/4120.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4153/4152.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4160/4159.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4191/4190.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4275/4274.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4329/4237-.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4330/4328.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4342/4340.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4363/4361.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4389/4387.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4435/4431.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4498/4494.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4535/4531.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4537/4533.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4538/4534.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4539/4535.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4568/4564.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4572/4568.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4582/4578.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4612/4608.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4613/4609.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4653/4649.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4656/4652.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4669/4665.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4683/4679.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4698/4694.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4700/4696.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4727/4723.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4728/4724.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4734/4730.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4798/4794.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4808/4804.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4810/4806.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4835/4831.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4838/4834.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4977/4972.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4998/4993.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4999/4994.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5005/5000.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5115/5110.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5125/5120.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5134/5129.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5141/5136.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5142/5137.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5144/5139.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5145/5140.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5146/5141.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5147/5142.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5148/5143.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5149/5144.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5150/5145.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5152/5147.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5153/5148.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5154/5149.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5155/5150.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5157/5152.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5158/5153.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5159/5154.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5160/5155.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5161/5156.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5162/5157.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5163/5158.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5165/5160.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5176/5171.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5178/5173.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5189/5184.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5190/5185.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5217/5212.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5230/5225.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5246/5241.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5258/5253.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5288/5283.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5300/5295.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5313/5308.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5329/5324.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5340/5335.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5341/5336.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5356/5351.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5367/5362.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5418/5413.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5450/5445.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5452/5447.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5591/5586.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5610/5605.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5614/5609.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5636/5631.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5654/5649.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5655/5650.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5672/5667.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5682/5677.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5697/5692.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5727/5722.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5732/5727.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5776/5771.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5792/5787.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5793/5788.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5827/5822.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5831/5826.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5848/5843.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5858/5853.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5865/5860.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5866/5861.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5910/5905.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5934/5929.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5967/5962.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5970/5965.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6008/6003.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6068/6062.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6073/6067.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6076/6070-.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6085/6079.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6095/6089.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6128/6122.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6164/6158.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6167/6161.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6213/6207.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6242/6236.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6245/6239.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6267/6261.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6274/6268.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6280/6274.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6284/6278.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6285/6279.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6286/6280.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6298/6292.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6325/6319.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6351/6345.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6360/6354.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6363/6357.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6364/6358.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6368/6362.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6369/6363.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6370/6364.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6371/6365.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6423/6417.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6438/6432.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6439/6433.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6448/6442.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6602/6596.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6620/6614.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6631/6625.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6657/6651.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6676/6670.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6679/6673.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6777/6771.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6813/6803.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6826/6816.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6846/6835.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6850/6839.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6851/6840.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6881/6870.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6886/6875.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6913/6902.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6915/6904.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6916/6905.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6960/6949.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6975/6964.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7053/7042.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7069/7058.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7087/7076.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7177/7166.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7210/7199.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7212/7201.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7281/7270.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7285/7274.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7291/7279.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7294/7282.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7295/7283.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7377/7365.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7451/7438.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7452/7439.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7455/7442.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7460/7447.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7495/7481.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7548/7534.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7551/7537.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7552/7538.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7581/7567.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7590/7576.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7688/7672.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7691/7675.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7692/7676.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7705/7689.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7775/7756.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7777/7758.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7836/7817.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7843/7824.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7844/7825.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7876/7857.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7877/7858.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7881/7862.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7889/7870.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7895/7876.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7898/7879.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7911/7892.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7912/7893.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7957/7937.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7958/7938.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7976/7956.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7982/7962.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7998/7977.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8038/8017.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8063/8042.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8111/8089.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8136/8114.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8149/8127.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8197/8175.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8198/8176.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8199/8177.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8208/8186.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8209/8187.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8249/8227.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8253/8231.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8275/8253.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8287/8265.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8412/8390.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8422/8400.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8435/8413.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8456/8434.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8589/8567.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8660/8638.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8664/8642.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8665/8643.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8690/8668.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8693/8671.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8721/8699.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8739/8717.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8795/8773.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8851/8829.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8864/8842.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8899/8877.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8921/8899.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/8927.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8977/8955.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9006/8984.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9009/8987.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9011/8989.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9026/9004.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9037/9015.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9056/9034.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9201/9179.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9206/9184.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9291/9269.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9293/9271.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9461/9439.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9486/9464.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9531/9509.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9570/9548.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9591/9569.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9595/9573.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9605/9583.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9622/9600.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9747/9725.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9758/9736.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/9798.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/9836.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9876/9854.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1499/1499.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3195/3194.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6565/6559.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9868/9846.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3658/3657.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3897/3896.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5077/5072.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3511/3510.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3519/3518.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3941/3940.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4426/4422.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4545/4541.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5022/5017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7672/7656.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7849/7830.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7914/7895.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8213/8191.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8399/8377.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8425/8403.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9682/9660.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/195.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/206.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/207.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/215.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/219.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/234.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/259.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/260.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/423.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/432/432.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/437/437.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/469.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/497.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/503.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/504.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/532.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/534.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/536.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/584.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/595.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/603/603.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/605.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/607.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/608.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/609.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/636.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/644.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/646.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/649.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/657.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/664.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/665.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/667.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/0680.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/0685.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/0687.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/0704.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/0706.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/0708.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/0710.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/719.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/746/746.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/790/790.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/815/815.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/860/860.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/877/877.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/884.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/886.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/888.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/901/901.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/902/902.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/903/903.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/904/904.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/906/906.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/907/907.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/908/908.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/909/909.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/947/947.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/948/948.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/949/949.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/977/977.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/978/978.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/979/979.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/983/983.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1009/1009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1029/1029.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1041/1041.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1052/1052.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1057/1057.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1061/1061.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1075/1075.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1086/1086.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1106/1106.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1130/1130.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1131/1131.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1140/1140.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1166/1166.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1169/1169.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1172/1172.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1200/1200.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1201/1201.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1208/1208.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1262/1262.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1286/1286.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1297/1297.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1301/1301.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1305/1305.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1325/1325.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1349/1349.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1350/1350.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1355/1355.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1360/1360.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1362/1362.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1388/1388.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1398/1398.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1411/1411.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1412/1412.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1433/1433.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1435/1435.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1443/1443.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1458/1458.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1459/1459.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1481/1481.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1508/1508.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1524/1524.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1530/1530.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1567/1567.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1580/1580.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1587/1587.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1600/1600.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1604/1604.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1616/1616.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1618/1618.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1625/1625.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1643/1643.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1645/1645.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1665/1664.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1692/1691.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1708/1707.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1711/1710.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1746/1745.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1752/1751.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1797/1796.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1814/1813.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1830/1829.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1856/1855.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1861/1860.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1865/1864.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1866/1865.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1875/1874.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1885/1884.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1891/1890.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1893/1892.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1894/1893.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1904/1903.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1907/1906.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1942/1941.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1958/1957.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1984/1983.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1987/1986.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1988/1987.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1995/1994.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1996/1995.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1997/1996.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1998/1997.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1999/1998.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2037/2036.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2038/2037.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2045/2044.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2050/2049.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2051/2050.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2063/2062.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2071/2070.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2082/2081.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2094/2093.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2095/2094.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2096/2095.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2100/2099.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2104/2103.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2105/2104.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2169/2168.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2173/2172.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2204/2203.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2209/2208.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2213/2212.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2231/2230.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2251/2250.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2273/2272.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2290/2289.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2301/2300.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2315/2314.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2332/2331.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2334/2333.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2346/2345.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2347/2346.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2371/2370.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2376/2375.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2442/2441.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2450/2449.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2455/2454.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2469/2468.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2486/2485.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2513/2512.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2526/2525.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2550/2549.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2574/2573.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2575/2574.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2599/2598.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2622/2621.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2638/2637.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2660/2659.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2661/2660.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2662/2661.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2707/2706.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2723/2722.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2734/2733.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2743/2742.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2782/2781.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2785/2784.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2796/2795.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2809/2808.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2831/2830.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2878/2877.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2882/2881.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2899/2898.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2902/2901.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3005/3004.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3081/3080.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3082/3081.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3109/3108.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3140/3139.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3154/3153.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3164/3163.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3171/3170.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3214/3213.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3277/3276.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3282/3281.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3292/3291.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3317/3316.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3319/3318.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3350/3349.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3474/3473.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3478/3477.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3505/3504.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3507/3506.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3508/3507.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3528/3527.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3532/3531.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3535/3534.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3554/3553.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3562/3561.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3563/3562.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3570/3569.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3574/3573.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3605/3604-.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3612/3611.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3617/3616.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3625/3624.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3631/3630.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3668/3667.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3676/3675.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3685/3684.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3695/3694.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3696/3695.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3701/3700.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3703/3702.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3705/3704.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3708/3707.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3712/3711.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3715/3714.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3716/3715.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3719/3718.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3752/3751.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3760/3759.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3805/3804.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3807/3806.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3827/3826.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3839/3838.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3840/3839.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3847/3846.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3848/3847.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3849/3848.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3850/3849.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3863/3862.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3864/3863.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3882/3881.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3892/3891.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3903/3902.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3907/3906.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3918/3917.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3919/3918.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3923/3922.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3924/3923.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3926/3925.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3927/3926.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3931/3930.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3958/3957.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3960/3959.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3977/3976.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3984/3983.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3991/3990.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4007/4006.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4011/4010.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4038/4037.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4042/4041.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4045/4044.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4047/4046.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4051/4050.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4087/4086.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4096/4095.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4106/4105.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4121/4120.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4153/4152.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4160/4159.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4191/4190.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4275/4274.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4329/4237-.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4330/4328.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4342/4340.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4363/4361.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4389/4387.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4435/4431.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4498/4494.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4535/4531.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4537/4533.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4538/4534.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4539/4535.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4568/4564.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4572/4568.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4582/4578.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4612/4608.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4613/4609.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4653/4649.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4656/4652.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4669/4665.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4683/4679.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4698/4694.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4700/4696.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4727/4723.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4728/4724.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4734/4730.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4798/4794.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4808/4804.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4810/4806.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4835/4831.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4838/4834.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4977/4972.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4998/4993.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4999/4994.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5005/5000.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5115/5110.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5125/5120.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5134/5129.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5141/5136.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5142/5137.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5144/5139.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5145/5140.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5146/5141.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5147/5142.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5148/5143.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5149/5144.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5150/5145.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5152/5147.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5153/5148.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5154/5149.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5155/5150.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5157/5152.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5158/5153.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5159/5154.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5160/5155.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5161/5156.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5162/5157.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5163/5158.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5165/5160.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5176/5171.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5178/5173.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5189/5184.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5190/5185.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5217/5212.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5230/5225.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5246/5241.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5258/5253.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5288/5283.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5300/5295.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5313/5308.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5329/5324.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5340/5335.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5341/5336.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5356/5351.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5367/5362.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5418/5413.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5450/5445.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5452/5447.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5591/5586.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5610/5605.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5614/5609.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5636/5631.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5654/5649.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5655/5650.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5672/5667.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5682/5677.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5697/5692.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5727/5722.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5732/5727.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5776/5771.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5792/5787.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5793/5788.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5827/5822.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5831/5826.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5848/5843.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5858/5853.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5865/5860.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5866/5861.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5910/5905.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5934/5929.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5967/5962.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5970/5965.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6008/6003.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6068/6062.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6073/6067.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6076/6070-.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6085/6079.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6095/6089.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6128/6122.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6164/6158.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6167/6161.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6213/6207.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6242/6236.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6245/6239.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6267/6261.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6274/6268.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6280/6274.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6284/6278.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6285/6279.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6286/6280.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6298/6292.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6325/6319.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6351/6345.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6360/6354.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6363/6357.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6364/6358.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6368/6362.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6369/6363.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6370/6364.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6371/6365.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6423/6417.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6438/6432.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6439/6433.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6448/6442.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6602/6596.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6620/6614.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6631/6625.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6657/6651.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6676/6670.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6679/6673.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6777/6771.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6813/6803.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6826/6816.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6846/6835.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6850/6839.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6851/6840.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6881/6870.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6886/6875.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6913/6902.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6915/6904.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6916/6905.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6960/6949.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6975/6964.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7053/7042.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7069/7058.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7087/7076.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7177/7166.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7210/7199.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7212/7201.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7281/7270.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7285/7274.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7291/7279.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7294/7282.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7295/7283.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7377/7365.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7451/7438.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7452/7439.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7455/7442.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7460/7447.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7495/7481.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7548/7534.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7551/7537.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7552/7538.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7581/7567.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7590/7576.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7688/7672.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7691/7675.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7692/7676.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7705/7689.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7775/7756.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7777/7758.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7836/7817.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7843/7824.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7844/7825.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7876/7857.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7877/7858.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7881/7862.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7889/7870.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7895/7876.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7898/7879.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7911/7892.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7912/7893.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7957/7937.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7958/7938.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7976/7956.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7982/7962.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7998/7977.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8038/8017.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8063/8042.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8111/8089.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8136/8114.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8149/8127.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8197/8175.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8198/8176.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8199/8177.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8208/8186.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8209/8187.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8249/8227.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8253/8231.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8275/8253.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8287/8265.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8412/8390.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8422/8400.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8435/8413.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8456/8434.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8589/8567.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8660/8638.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8664/8642.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8665/8643.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8690/8668.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8693/8671.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8721/8699.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8739/8717.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8795/8773.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8851/8829.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8864/8842.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8899/8877.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8921/8899.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8949/8927.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8977/8955.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9006/8984.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9009/8987.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9011/8989.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9026/9004.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9037/9015.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9056/9034.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9201/9179.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9206/9184.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9291/9269.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9293/9271.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9461/9439.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9486/9464.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9531/9509.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9570/9548.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9591/9569.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9595/9573.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9605/9583.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9622/9600.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9747/9725.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9758/9736.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9820/9798.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9858/9836.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9876/9854.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H569"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>