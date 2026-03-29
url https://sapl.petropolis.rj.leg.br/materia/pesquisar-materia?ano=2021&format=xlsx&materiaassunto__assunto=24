--- v0 (2025-12-17)
+++ v1 (2026-03-29)
@@ -54,597 +54,597 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3651/3650.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3651/3650.pdf</t>
   </si>
   <si>
     <t>Determina que, no mínimo, 4% (quatro por cento) das vagas das empresas, com fins lucrativos, que forem beneficiadas por incentivo ou isenção fiscal outorgado pelo Município de Petrópolis deve ser reservado ao primeiro emprego.</t>
   </si>
   <si>
     <t>8130</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE FORMALIZAÇÃO DE CONTRATO ENTRE ARTISTAS E PRESTADORES DE SERVIÇO NOS EVENTOS CULTURAIS QUE TENHAM AUTORIZAÇÃO DO MUNICÍPIO DE PETRÓPOLIS PARA CAPTAÇÃO DE RECURSOS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/151.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/151.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA DISPONDO SOBRE O ENCAMINHAMENTO À CÂMARA MUNICIPAL DE PETRÓPOLIS DE TODAS AS INFORMAÇÕES PERTINENTES AOS PROCESSOS DE CONTRATAÇÕES EMERGENCIAIS E DE CELEBRAÇÃO DE CONVÊNIOS FIRMADOS PELO MUNICÍPIO DE PETRÓPOLIS DURANTE O PERÍODO DA PANDEMIA DA COVID 19.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4717/4713.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4717/4713.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa PARA DISPOR SOBRE A CONTRATAÇÃO EMERGENCIAL DE CIRURGIÕES DENTISTAS PARA ATUAR NAS UTIs - Unidade de Tratamento Intensivo, EM DECORRÊNCIA DA PANDEMIA DO CORONAVÍRUS.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Yuri Moura, Domingos Protetor, Fred Procópio, Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5012/5007.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5012/5007.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de decreto que institua e discipline comissão própria para realização de concurso público para reposição de vacâncias no âmbito da administração.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5200/5195.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5200/5195.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de um edital de licitação para contratação de uma parceria público-privada para a construção de um cemitério vertical agregado a um crematório em Petrópolis.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6401/6395.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6401/6395.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que disponha sobre a contratação de jovens em projetos e eventos esportivos e culturais realizados no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>7783</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7783/7764.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7783/7764.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ALTERAÇÃO DO DECRETO N° 1.364 DE 15 DE OUTUBRO DE 2020, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI MUNICIPAL N° 7.559 DE 10 DE OUTUBRO DE 2017, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CONTRATAÇÃO DE BOMBEIRO PROFISSIONAL CIVIL PELOS ESTABELECIMENTOS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7990</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Maurinho Branco, Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7990/7969-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7990/7969-.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE ENVIO A ESTA CASA LEGISLATIVA PROJETO DE LEI QUE DISPONHA SOBRE A OBRIGATORIEDADE DE CONTRATAÇÃO DE PESSOAS EM SITUAÇÃO DE RUA PELAS EMPRESAS VENCEDORAS DE LICITAÇÃO PÚBLICA NO MUNICÍPIO DE PETRÓPOLIS, NOS MOLDES DO ANTEPROJETO A SEGUIR:</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8133/8111.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8133/8111.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE EDIÇÃO DE NORMA REGULANDO OS DIREITOS TRABALHISTAS DOS PROFISSIONAIS CONTRATADOS EM RAZÃO DE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>8650</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8650/8628.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8650/8628.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que disponha sobre a contratação por tempo determinado de Brigadista Municipal para atender a necessidade temporária de excepcional interesse público, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>9176</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9176/9154.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9176/9154.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE EDIÇÃO DE DECRETO QUE INSTITUA E DISCIPLINE COMISSÃO PRÓPRIA PARA REALIZAÇÃO DE CONCURSO PÚBLICO PARA REPOSIÇÃO DE VACÂNCIAS NO ÂMBITO DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1758/1757.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1758/1757.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de Universidade Pública para que realize um estudo técnico da tabela de tarifas das passagens dos ônibus de transporte coletivo intramunicípais do município de Petrópolis.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1840/1839.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1840/1839.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PRIORIZAR A MÃO DE OBRA DOS MORADORES DA ESTRADA DA SAUDADE E ADJACÊNCIAS PARA AS OBRAS DO PAC, PROGRAMA DE ACELERAÇÃO DO CRESCIMENTO, QUE TERÁ INÍCIO NO BAIRRO ESTRADA DA SAUDADE.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1954/1953.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1954/1953.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ampliação do quadro de servidores dos cemitérios municipais.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1955/1954.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1955/1954.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ampliação do quadro de servidores da ouvidoria da saúde.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2043/2042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2043/2042.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE ABRIGO PARA PASSAGEIROS NO PONTO FINAL DA LINHA 104 (VILA MILITAR), BAIRRO VILA MILITAR.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2168/2167.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2168/2167.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de dispor de garis comunitários para atender a demanda de limpeza da Estrada das Arcas e adjacências, Itaipava.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2354/2353.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2354/2353.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de tornar obrigatória a presença de profissionais habilitados à prestar primeiros socorros nas escolas municipais.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2402/2401.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2402/2401.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do Parque Municipal de Petrópolis, localizado no Distrito de Itaipava, dispor de profissionais habilitados à prestar primeiros socorros.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2528/2527.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2528/2527.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de profissionais para a secretária de obras, habitação e regularização fundiária.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2856/2855.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2856/2855.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de empresa especializada em mecânica, ou, mecânicos para cuidar do conserto da frota de veículos baixados do executivo e suas secretarias.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3313/3312.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3313/3312.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de médicos para a rede municipal de saúde no Município de Petrópolis.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3643/3642.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3643/3642.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de mão de obra especializada para construção de novas gavetas nos cemitérios municipais da cidade.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3821/3820.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3821/3820.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade urgente da contratação de fiscais para atuar dentro dos terminais Rodoviários de Corrêas, Itaipava, Centro, Itamarati e Bingem com poder de autuar e multar as concessionárias e permissionárias do transporte público que estiver descumprindo os contratos de permissão, concessão e também as medidas sanitárias do COVID-19 impostas através de decreto municipal no âmbito do município de Petrópolis.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3947/3946.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3947/3946.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de mais médicos para o Posto de Saúde da Família do Sargento Boening, Estrada do Paraíso, Lote 68, Castelânea.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3989/3988.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3989/3988.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE DISPONIBILIZAÇÃO CONTRATAÇÃO DE MÉDICOS PARA O POSTO DE SAÚDE DA FAMÍLIA (PSF) DO MOINHO PRETO, SITUADO NA RUA JOÃO XAVIER, Nº 2109 - A - BAIRRO NOVA MACAÉ.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4194/4193.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4194/4193.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de médicos para o Posto de Saúde da Família PSF Dr. Rubens de Castro Bomtempo Santa Isabel - Caxambu.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4220/4219.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4220/4219.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de médicos para o Posto de Saúde 24 de Maio - Centro.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>Eduardo do Blog, Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4714/4710.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4714/4710.pdf</t>
   </si>
   <si>
     <t>Indicam ao executivo municipal a necessidade de contratação de mais médico mastologista, para a rede de saúde pública do Município de Petrópolis.</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5065/5060.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5065/5060.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de médicos para o Posto de Saúde do Vila Felipe, Localizado na Rua Hermínio Schimidit,1 - Vila Felipe.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5723/5718.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5723/5718.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de agentes de saúde para atender a parte alta da rua Atílio Marotti, Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6244/6238.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6244/6238.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de médicos para o Posto de Saúde Alto Independência, localizado na Rua C - Alto Independência.</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6271/6265.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6271/6265.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação de um zelador para a Escola Santa Terezinha, Condomínio Santa Edwiges, Vila Rica, Pedro do Rio.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6574/6568.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6574/6568.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de concurso público para Guarda Civil Municipal de Petrópolis.</t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7654/7638.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7654/7638.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de concurso público para área da saúde, no âmbito do município de Petrópolis, para suprir as vagas dos profissionais contratados sob regime de RPA.</t>
   </si>
   <si>
     <t>7655</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7655/7639.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7655/7639.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da efetiva contratação, com assinatura da carteira de trabalho, de todos os profissionais contratados sob regime de RPA, vinculados à Prefeitura Municipal de Petrópolis.</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8220/8198.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8220/8198.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo municipal a necessidade de contratação de, no mínimo, 3 funcionários para a Central de Intérpretes de Libras de modo a dar maior efetividade ao atendimento prestado às pessoas com surdez.</t>
   </si>
   <si>
     <t>8628</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8628/8606.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8628/8606.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de concurso público na Companhia Petropolitana de Trânsito e Transportes.</t>
   </si>
   <si>
     <t>8640</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8640/8618.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8640/8618.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE UM PROFISSIONAL DE EDUCAÇÃO FÍSICA PARA ACOMPANHAMENTO NOS FINAIS DE SEMANA E FERIADOS AOS FREQUENTADORES ESPORTISTAS NO PARQUE MUNICIPAL PREFEITO PAULO RATTES (PARQUE DE EXPOSIÇÃO) EM ITAIPAVA.</t>
   </si>
   <si>
     <t>8645</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8645/8623.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8645/8623.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE UM PROFISSIONAL DE EDUCAÇÃO FÍSICA PARA ACOMPANHAMENTO NOS FINAIS DE SEMANA E FERIADOS AOS ESPORTISTAS FREQUENTADORES DO PARQUE CREMERIE NO BAIRRO QUITANDINHA.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>GPPL</t>
   </si>
   <si>
     <t>GP Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Petrópolis</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4442/gp_423-2021.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4442/gp_423-2021.pdf</t>
   </si>
   <si>
     <t>GP 423/2021 Projeto de Lei que "Permite a contratação temporária de pessoas naturais, pelas Empresas Públicas do Município de Petrópolis, como medida para auxiliar nas Execuções das Atividades Essenciais e que não permitem paralisação, em razão da situação excepcional gerada pela pandemia do novo Coronavírus - Covid-19 e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -951,67 +951,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3651/3650.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/151.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4717/4713.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5012/5007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5200/5195.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6401/6395.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7783/7764.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7990/7969-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8133/8111.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8650/8628.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9176/9154.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1758/1757.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1840/1839.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1954/1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1955/1954.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2043/2042.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2168/2167.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2354/2353.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2402/2401.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2528/2527.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2856/2855.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3313/3312.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3643/3642.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3821/3820.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3947/3946.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3989/3988.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4194/4193.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4220/4219.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4714/4710.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5065/5060.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5723/5718.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6244/6238.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6271/6265.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6574/6568.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7654/7638.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7655/7639.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8220/8198.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8628/8606.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8640/8618.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8645/8623.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4442/gp_423-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3651/3650.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/151.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4717/4713.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5012/5007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5200/5195.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6401/6395.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7783/7764.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7990/7969-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8133/8111.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8650/8628.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9176/9154.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1758/1757.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1840/1839.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1954/1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1955/1954.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2043/2042.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2168/2167.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2354/2353.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2402/2401.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2528/2527.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2856/2855.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3313/3312.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3643/3642.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3821/3820.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3947/3946.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/3989/3988.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4194/4193.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4220/4219.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4714/4710.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5065/5060.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5723/5718.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6244/6238.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6271/6265.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6574/6568.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7654/7638.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7655/7639.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8220/8198.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8628/8606.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8640/8618.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8645/8623.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4442/gp_423-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>