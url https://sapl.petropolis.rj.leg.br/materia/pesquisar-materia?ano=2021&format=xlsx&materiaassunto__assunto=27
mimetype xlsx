--- v0 (2026-02-05)
+++ v1 (2026-03-25)
@@ -54,450 +54,450 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4670/4666.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4670/4666.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PERCENTUAL MÍNIMO DE RECURSOS DESTINADOS À AGRICULTURA FAMILIAR NAS AQUISIÇÕES DE GÊNEROS ALIMENTÍCIOS A SEREM REALIZADAS PELA SECRETARIA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6332/6326.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6332/6326.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE FOMENTO AO TURISMO RURAL NO MUNICÍPIO DE PETRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8230</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8230/8208.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8230/8208.pdf</t>
   </si>
   <si>
     <t>Institui a semana da Agricultura Familiar no Município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1966/1965.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1966/1965.pdf</t>
   </si>
   <si>
     <t>CRIA UMA NOVA FRENTE PARLAMENTAR DE AGRICULTURA NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1074/1074.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1074/1074.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL A NECESSIDADE DE PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DE UM FUNDO MUNICIPAL DE APOIO ÀS ESTRADAS RURAIS DO MUNICÍPIO DE PETRÓPOLIS, FUNDESTRADAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4383/4381.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4383/4381.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa de concessão de uso do próprio municipal onde funcionou a Escola Municipal Argemiro Machado.</t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5366/5361.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5366/5361.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de regulamentação da Lei Municipal 7.847/2019 que dispõe sobre o Programa de Fomento Familiar que autoriza a permissão de uso do espaço público por meio de assentamento de bancas nos espaços públicos no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6318/6312.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6318/6312.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que verse sobre implementação de oficinas e palestras sobre turismo rural nas escolas próximas à regiões rurais em Petrópolis.</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6605/6599.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6605/6599.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa regulamentando o Serviço de Inspeção Municipal - SIM, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6791/6783.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6791/6783.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que Institui e Regulamenta o Serviço Público de Transporte Rural mediante Concessão ou Permissão e dá outras providências.</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7421/7409.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7421/7409.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da criação de uma Escola Técnica Agrícola em Agroecologia, no Brejal, Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9276/9254.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9276/9254.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL O ENVIO DE PROJETO DE LEI QUE DISPONHA SOBRE O PROGRAMA MUNICIPAL DE INCENTIVO AO PRODUTOR RURAL E A CRIAÇÃO DO SELO DE BOAS PRÁTICAS AGROPECUÁRIAS NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>9773</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9773/9751.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9773/9751.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação do PROGRAMA PRODUTOR LEGAL, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4603/4599.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4603/4599.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ESCLARECIMENTO DE INFORMAÇÕES A RESPEITO DAS ESCOLAS PÚBLICAS MUNICIPAIS LOCALIZADAS EM ÁREAS RURAIS E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/837/837.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/837/837.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da ampliação do auxílio transporte aos agentes comunitários de saúde que atuam em áreas afastadas dentro de suas próprias comunidades ou nas zonas rurais do município de Petrópolis.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1326/1326.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1326/1326.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de implantar um programa para criar um Selo de Inspeção Municipal SIM para legalizar as pequenas Agroindústrias e produtos de derivados de origem animal.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1952/1951.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1952/1951.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de restaurar a Patrulha Agrícola</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4385/4383.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4385/4383.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de solicitar ao Ministério da Saúde ambulância com tração nas quatro rodas para atender as áreas rurais do Município.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5724/5719.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5724/5719.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação de Regularização Fundiária na localidade de Boa Vista, próximo ao número 1.200, conhecido como Bananeira, em Pedro do Rio.</t>
   </si>
   <si>
     <t>6868</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6868/6857.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6868/6857.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da diretoria municipal de agricultura preparar estrutura de apoio e orientação ao produtor rural para requerer a isenção de ICMS no fornecimento de energia elétrica.</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7367/7355.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7367/7355.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a possibilidade de envio do micro ônibus rural escolar para o Loteamento Nilton Vieira, Brejal, Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7368/7356.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7368/7356.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a possibilidade de envio do micro ônibus rural escolar para a Alameda João Câmara- Loteamento do Alvim, Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7369/7357.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7369/7357.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a possibilidade de envio do micro ônibus rural escolar para a Estrada do Xingú, Bairro Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7370/7358.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7370/7358.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a possibilidade de envio do micro ônibus rural escolar para a Estrada do Palmital, Brejal, Posse, 5º Distrito de Petrópolis.</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7412/7400.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7412/7400.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de designar ao menos 01 um micro ônibus rural escolar ORE Zero 4x4 para atuação na Escola Américo Fernandes Ribeiro, onde recebe alunos de estradas vicinais situadas no Bairro Vale das Videiras.</t>
   </si>
   <si>
     <t>8449</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8449/8427.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8449/8427.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO E DISPONIBILIZAÇÃO DE UM ENDEREÇO ELETRÔNICO (E-MAIL) OU NÚMERO WHATSAPP PARA DENÚNCIA DO TRANSPORTE ESCOLAR RURAL DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDRUR</t>
   </si>
   <si>
     <t>Encaminhamento do Prêmio de Destaque Rural</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7660/7644.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7660/7644.pdf</t>
   </si>
   <si>
     <t>Indica ANDREA VIEIRA AREAS para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8874/8852.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8874/8852.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Marcio Jose de Carvalho Ferreira, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8915/8893.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8915/8893.pdf</t>
   </si>
   <si>
     <t>Indica o Horto Imperial Produtos Selecionados, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>9373</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Maurinho Branco</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9373/9351.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9373/9351.pdf</t>
   </si>
   <si>
     <t>Indica a Associação dos Produtores Rurais do Jacó, para receber o Prêmio de Destaque Rural 2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -804,67 +804,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4670/4666.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6332/6326.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8230/8208.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1966/1965.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1074/1074.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4383/4381.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5366/5361.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6318/6312.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6605/6599.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6791/6783.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7421/7409.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9276/9254.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9773/9751.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4603/4599.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/837/837.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1326/1326.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1952/1951.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4385/4383.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5724/5719.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6868/6857.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7367/7355.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7368/7356.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7369/7357.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7370/7358.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7412/7400.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8449/8427.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7660/7644.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8874/8852.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8915/8893.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9373/9351.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4670/4666.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6332/6326.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8230/8208.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1966/1965.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1074/1074.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4383/4381.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5366/5361.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6318/6312.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6605/6599.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6791/6783.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7421/7409.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9276/9254.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9773/9751.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4603/4599.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/837/837.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1326/1326.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1952/1951.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4385/4383.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5724/5719.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6868/6857.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7367/7355.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7368/7356.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7369/7357.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7370/7358.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7412/7400.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8449/8427.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7660/7644.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8874/8852.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8915/8893.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9373/9351.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="80.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="79.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>