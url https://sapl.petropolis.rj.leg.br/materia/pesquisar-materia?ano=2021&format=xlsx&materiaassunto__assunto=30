--- v0 (2026-02-06)
+++ v1 (2026-03-29)
@@ -54,522 +54,522 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4184/4183.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4184/4183.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Petrópolis o incentivo fiscal de ISS em benefício da produção de projetos culturais e dá outras providências.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4671/4667.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4671/4667.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de incentivos fiscais para o fomento à Cultura no município de Petrópolis.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4828/4824.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4828/4824.pdf</t>
   </si>
   <si>
     <t>DETERMINA O TOMBAMENTO COMO PATRIMÔNIO HISTÓRICO E CULTURAL DO MUNICÍPIO DE PETRÓPOLIS DA ESCOLA BÍBLICA DOMINICAL, SITUADA NA RUA BENJAMIM CONSTANT, Nº 280. LOCALIZADA NO BAIRRO CENTRO, BEM COMO O TERRENO E ANEXOS QUE COMPÕEM O CONJUNTO PAISAGÍSTICO E ARQUITETÔNICO DO REFERIDO IMÓVEL.</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6374/6368.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6374/6368.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO O EVENTO "FESTIVAL AGROSERRA - DA ROÇA AO PRATO".</t>
   </si>
   <si>
     <t>7107</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7107/7096.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7107/7096.pdf</t>
   </si>
   <si>
     <t>DECLARA OS TEMPLOS DE RELIGIÕES DE MATRIZES AFRICANAS, SEUS CULTOS E MANIFESTAÇÕES COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>7211</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7211/7200.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7211/7200.pdf</t>
   </si>
   <si>
     <t>Regulamenta o tratamento jurídico diferenciado a microempresas e empresas de pequeno porte, microempreendedores individuais - MEIs, produtoras de Eventos Culturais locais em certames licitatórios.</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7662/7646.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7662/7646.pdf</t>
   </si>
   <si>
     <t>Declara as manifestações do carnaval em Petrópolis patrimônio cultural imaterial e institui o calendário de eventos do carnaval no município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>8101</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8101/8079.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8101/8079.pdf</t>
   </si>
   <si>
     <t>"Institui no âmbito do Município de Petrópolis o Programa Rua para todos e dá outras providências"</t>
   </si>
   <si>
     <t>8130</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE FORMALIZAÇÃO DE CONTRATO ENTRE ARTISTAS E PRESTADORES DE SERVIÇO NOS EVENTOS CULTURAIS QUE TENHAM AUTORIZAÇÃO DO MUNICÍPIO DE PETRÓPOLIS PARA CAPTAÇÃO DE RECURSOS.</t>
   </si>
   <si>
     <t>7218</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7218/7207.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7218/7207.pdf</t>
   </si>
   <si>
     <t>Cria a Câmara de Artes, Cultura e Patrimônio.</t>
   </si>
   <si>
     <t>9481</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9481/9459.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9481/9459.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA CÂMARA MUNICIPAL DE PETRÓPOLIS O "PRÊMIO CHIQUINHA GONZAGA DE ARTE E CULTURA".</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/110.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/110.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DO PROGRAMA DE INCENTIVO A CULTURA CINEMA NA PRAÇA EM BAIRROS PRAÇAS E PARQUES DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/116.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/116.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DO PROJETO CULTURA NO PARQUE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/152.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/152.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI DISPONDO SOBRE A CRIAÇÃO DO PROGRAMA EMERGENCIAL DE APOIO A CULTURA DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/176.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/176.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA QUE DISPONHA SOBRE A CRIAÇÃO DE UM PROGRAMA DE FOMENTO, PROMOÇÃO E VALORIZAÇÃO DA ARTE CERÂMICA NO ÂMBITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/557.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/557.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DO CALENDÁRIO OFICIAL DE EVENTOS.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1498/1498.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1498/1498.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROCEDER A EDIÇÃO DE DECRETO MUNICIPAL QUE REGULAMENTE AS AVALIAÇÕES E JULGAMENTOS DOS EDITAIS DE FOMENTO AO SETOR CULTURAL.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2763/2762.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2763/2762.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa QUE DISPONHA SOBRE A CRIAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO E OS CLUBES PETROPOLITANOS COM REPASSE DE VERBAS PARA O FOMENTO DO ESPORTE, DA CULTURA E DO LAZER EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4478/4474.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4478/4474.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o envio de PROJETO DE LEI que institui o incentivo fiscal de ISS e IPTU em benefício da produção de projetos culturais no âmbito do município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5462/5457.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5462/5457.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA QUE CRIA O CIRCUITO CULTURAL DA PRAÇA DE CASCATINHA.</t>
   </si>
   <si>
     <t>7994</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7994/7973.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7994/7973.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que institua e discipline a Política Municipal de Cultura Viva.</t>
   </si>
   <si>
     <t>8402</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Marcelo Chitão, Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8402/8380.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8402/8380.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que cria a programação gratuita e permanente das bandas marciais nas praças e espaços públicos do Município de Petrópolis.</t>
   </si>
   <si>
     <t>8662</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8662/8640.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8662/8640.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA PARA QUE O HORTOMERCADO MUNICIPAL, COM ENDEREÇO NA ESTRADA UNIÃO E INDÚSTRIA 9726 EM ITAIPAVA, SEJA DECLARADO COMO PATRIMÔNIO CULTURAL E TURÍSTICO DA CIDADE DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>8790</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8790/8768.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8790/8768.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA TORNANDO O CORETO DA MOSELA EM PATRIMÔNIO CULTURAL DA MÚSICA PETROPOLITANA.</t>
   </si>
   <si>
     <t>9422</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9422/9400.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9422/9400.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que Dispõe sobre a criação do Aplicativo Guia Turístico Virtual "Conheça Petrópolis" e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1724/1723.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1724/1723.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ESCLARECIMENTO DAS INFORMÇÕES ACERCA DO PAGAMENTO DOS PROCESSOS SELECIONADOS NOS EDITAIS FIQUE EM CASA COM CULTURA ALDIR BLANC FUNDO 2019 E FUNDO 2020.</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6373/6367.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6373/6367.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal sobre as contratações e projetos artísticos contemplados com dinheiro proveniente dos cofres municipais.</t>
   </si>
   <si>
     <t>7302</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7302/7290.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7302/7290.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal informações acerca da universalização de bibliotecas nas unidades culturais vinculadas ao Instituto Municipal de Cultura.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/678.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/678.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reforma no Centro Cultural Celina Oliveira Barbosa, em Pedro do Rio.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1544/1544.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1544/1544.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE CONVOCAÇÃO DE EDITAL PARA CHAMADA PÚBLICA EMERGENCIAL PARA O SETOR CULTURAL.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2028/2027.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2028/2027.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE NO CENTRO CULTURAL VEREADORA WILMA BORSATO - ESTAÇÃO FERROVIÁRIA DE CASCATINHA, O OFERECIMENTO DE DIVERSOS CURSOS COMO XADREZ, TEATRO, ARTESANATO, HIP HOP E TÊNIS DE MESA, BEM COMO, ENTRE OUTROS DISPONIVEIS.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2081/2080.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2081/2080.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE NO CENTRO CULTURAL VEREADORA WILMA BORSATO - ESTAÇÃO FERROVIÁRIA DE CASCATINHA, A CRIAÇÃO DE UMA BIBLIOTECA E OUTRAS ATIVIDADES CULTURAIS DIRECIONA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2584/2583.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2584/2583.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE PROMOVER UM ESTUDO DE VIABILIDADE PARA ARMAZENAMENTO E CATALOGAÇÃO DO ACERVO DO CINEASTA CESAR NUNES (IMAGENS DE 1940 A 1985 DA CIDADE DE PETRÓPOLIS).</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2767/2766.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2767/2766.pdf</t>
   </si>
   <si>
     <t>INDICA ao Executivo Municipal a necessidade de implantar um escritório da "Film Comission", em Petrópolis.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4188/4187.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4188/4187.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de "Ação Global" no Bairro Carangola.</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>Maurinho Branco</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5247/5242.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5247/5242.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de digitalização do acervo da Biblioteca Central Municipal Gabriela Mistral, no Centro, Petrópolis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -876,67 +876,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4184/4183.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4671/4667.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4828/4824.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6374/6368.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7107/7096.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7211/7200.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7662/7646.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8101/8079.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7218/7207.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9481/9459.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/110.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/116.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/176.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/557.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1498/1498.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2763/2762.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4478/4474.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5462/5457.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7994/7973.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8402/8380.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8662/8640.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8790/8768.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9422/9400.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1724/1723.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6373/6367.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7302/7290.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/678.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1544/1544.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2028/2027.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2081/2080.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2584/2583.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2767/2766.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4188/4187.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5247/5242.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4184/4183.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4671/4667.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4828/4824.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6374/6368.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7107/7096.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7211/7200.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7662/7646.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8101/8079.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8130/8108.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7218/7207.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9481/9459.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/110.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/116.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/176.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/557.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1498/1498.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2763/2762.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4478/4474.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5462/5457.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7994/7973.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8402/8380.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8662/8640.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/8790/8768.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/9422/9400.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1724/1723.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/6373/6367.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/7302/7290.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/678.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/1544/1544.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2028/2027.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2081/2080.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2584/2583.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/2767/2766.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/4188/4187.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2021/5247/5242.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="80.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="79.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>