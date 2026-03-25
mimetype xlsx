--- v0 (2026-02-05)
+++ v1 (2026-03-25)
@@ -54,4056 +54,4056 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13720</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13720/3819.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13720/3819.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural Imaterial do Município de Petrópolis o Circuito Pedras do Taquaril.</t>
   </si>
   <si>
     <t>15725</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15725/5824.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15725/5824.pdf</t>
   </si>
   <si>
     <t>Fica instituído o Selo Empresa Amiga do Meio Ambiente, no âmbito do Município de Petrópolis, a ser concedido a pessoas jurídicas tais como empresas, entidades, instituições e órgãos privados ou públicos, que reconhecidamente realizem ações continuadas em prol da proteção da defesa e do Meio Ambiente.</t>
   </si>
   <si>
     <t>10335</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ronaldo Ramos, Domingos Protetor, Dr. Mauro Peralta, Eduardo do Blog, Gil Magno, Júnior Coruja, Júnior Paixão, Marcelo Chitão, Marcelo Lessa, Maurinho Branco, Octavio Sampaio, Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10335/0435.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10335/0435.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA CÂMARA MUNICIPAL DE PETRÓPOLIS O " PRÊMIO Dr. LUIZ GAMA".</t>
   </si>
   <si>
     <t>10336</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10336/0436.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10336/0436.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA CÂMARA MUNICIPAL DE PETRÓPOLIS O " PRÊMIO CHIQUINHA GONZAGA DE ARTE E CULTURA".</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10054/0154-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10054/0154-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO Sr. Ruben Felix Ferreira.</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10056/156-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10056/156-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE Cidadania Petropolitana ao Cel. André Henrique de Oliveira Silva.</t>
   </si>
   <si>
     <t>11281</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11281/1380-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11281/1380-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA ao Grêmio Recreativo Escola de Samba Império de Petrópolis.</t>
   </si>
   <si>
     <t>11542</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11542/1641-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11542/1641-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA ao Sr. Antonio Claudio Magnavita Castro.</t>
   </si>
   <si>
     <t>11541</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/1640-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/1640-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA à Associação da Missão Ágape Petrópolis.</t>
   </si>
   <si>
     <t>12132</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Maurinho Branco</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12132/2231.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12132/2231.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO Sr. Jorge La Saigne de Botton.</t>
   </si>
   <si>
     <t>12133</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12133/2232.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12133/2232.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO Dr. Mario Alexandre D'Angelo Mesquita.</t>
   </si>
   <si>
     <t>12134</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12134/2233.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12134/2233.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO DR. Guilherme Tannure.</t>
   </si>
   <si>
     <t>12135</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12135/2234.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12135/2234.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO DR. Hugo Leal Melo da Silva.</t>
   </si>
   <si>
     <t>12138</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12138/2237.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12138/2237.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO AO Sr. Ari Guedes Cunha (post-mortem).</t>
   </si>
   <si>
     <t>12141</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/2240.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/2240.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO ao Dr. Rafael Gomes de Castro.</t>
   </si>
   <si>
     <t>12143</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/2242.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/2242.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO ao Dr. Marcelo Gouvea Schaefer.</t>
   </si>
   <si>
     <t>12145</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12145/2244.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12145/2244.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MEDALHA KOELER NO GRAU CRUZ DE DISTINÇÃO AO Padre Francisco Montemezzo (post-mortem).</t>
   </si>
   <si>
     <t>12148</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12148/2247.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12148/2247.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MEDALHA KOELER NO GRAU CRUZ DE DISTINÇÃO AO Monsenhor José Maria Pereira.</t>
   </si>
   <si>
     <t>12150</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12150/2249.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12150/2249.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MEDALHA KOELER NO GRAU CRUZ DE HONRA ao Dr. Alexandre Teixeira de Souza.</t>
   </si>
   <si>
     <t>12152</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12152/2251.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12152/2251.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MEDALHA KOELER NO GRAU CRUZ DE MÉRITO Ao Sr. Leonardo Boff.</t>
   </si>
   <si>
     <t>12333</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12333/2432-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12333/2432-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA À Associação Beneficente Casa da União em São José.</t>
   </si>
   <si>
     <t>12877</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12877/2976-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12877/2976-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA ao Sr. Luis Claudio Cotta da Silva Monteiro.</t>
   </si>
   <si>
     <t>12879</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12879/2978-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12879/2978-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA ao Ten. Cláudio César Marques Simões.</t>
   </si>
   <si>
     <t>12511</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12511/2610-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12511/2610-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA à Associação dos Moradores Bairro São Sebastião - AMOS.</t>
   </si>
   <si>
     <t>12512</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12512/2611-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12512/2611-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA à Central Única das Favelas - CUFA.</t>
   </si>
   <si>
     <t>12196</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12196/2295-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12196/2295-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA à Associação das Pessoas Portadoras de Doenças Inflamatórias Intestinais de Petrópolis - RETOCROHN Petrópolis.</t>
   </si>
   <si>
     <t>15704</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15704/5803.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15704/5803.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO SR. VINICIUS MEDEIROS FARAH.</t>
   </si>
   <si>
     <t>15705</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15705/5804.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15705/5804.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO AO 32º BATALHÃO DE INFANTARIA LEVE DE MONTANHA (32º BIL MTH).</t>
   </si>
   <si>
     <t>10080</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10080/180-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10080/180-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Andre Luiz Vila Verde Oliveira da Silva.</t>
   </si>
   <si>
     <t>10174</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10174/274-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10174/274-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À SRA. Guaraciaba Bernasconi Nunes Avenia Puertas.</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11376/1475-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11376/1475-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À SRA. Érika Rangel de Souza dos Santos.</t>
   </si>
   <si>
     <t>11678</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11678/1777-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11678/1777-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. João Carlos Lougon Henrique.</t>
   </si>
   <si>
     <t>11425</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11425/1524-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11425/1524-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À DRA. Regina Lucia Passos.</t>
   </si>
   <si>
     <t>12128</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12128/2227-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12128/2227-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO DR. Marcelo Kolblinger de Godoy.</t>
   </si>
   <si>
     <t>13573</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13573/3672-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13573/3672-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À DRA. Ana Tereza Basilio.</t>
   </si>
   <si>
     <t>14629</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14629/4728-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14629/4728-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À DRA. Vanessa Quadros Soares Katz.</t>
   </si>
   <si>
     <t>15191</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15191/5290-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15191/5290-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Jair Costa Junior.</t>
   </si>
   <si>
     <t>15294</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15294/5393-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15294/5393-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Chen Li Cheng.</t>
   </si>
   <si>
     <t>15293</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15293/5392-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15293/5392-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À SRA. Alessandra Caline Oliveira Miranda.</t>
   </si>
   <si>
     <t>15599</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15599/5698-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15599/5698-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO DR. Roberto Pereira da Silva.</t>
   </si>
   <si>
     <t>15598</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15598/5697-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15598/5697-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À DRA. Maria Strongylis.</t>
   </si>
   <si>
     <t>15699</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15699/5798-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15699/5798-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA À SRA. Rozenilda de Souza.</t>
   </si>
   <si>
     <t>15707</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15707/5806-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15707/5806-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO Dr. Daniel Gustavo Barbar Przybysz..</t>
   </si>
   <si>
     <t>15714</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15714/5813-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15714/5813-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Jose Maurício Soares da Silva.</t>
   </si>
   <si>
     <t>15715</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15715/5814-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15715/5814-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Raul Cellos de Lima.</t>
   </si>
   <si>
     <t>15716</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15716/5815-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15716/5815-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO DR. Roberto Souza Moraes.</t>
   </si>
   <si>
     <t>15717</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15717/5816-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15717/5816-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Nelson Eckhardt Santos.</t>
   </si>
   <si>
     <t>15295</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15295/5394-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15295/5394-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Antonio de Pádua de Barros Brochado.</t>
   </si>
   <si>
     <t>15965</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15965/6064-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15965/6064-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. Celso Jorge Lydia Filho.</t>
   </si>
   <si>
     <t>16413</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16413/6512-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16413/6512-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE UTILIDADE PÚBLICA AO Instituto Lótus Brasil.</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/1849-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/1849-.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PETROPOLITANA AO SR. André Luiz Ceciliano.</t>
   </si>
   <si>
     <t>15014</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15014/5113.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15014/5113.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora a necessidade de Projeto de Resolução para a criação da Medalha de São Francisco de Assis, no âmbito do Conselho de Títulos e Honrarias, da Câmara Municipal de Petrópolis.</t>
   </si>
   <si>
     <t>14654</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14654/4753.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14654/4753.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL AS INFORMAÇÕES ABAIXO RELACIONADAS.</t>
   </si>
   <si>
     <t>10044</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOCC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10044/0144.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10044/0144.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A ENFERMEIRA CLARA GASPARONI DO AMARAL.</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10045/0145.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10045/0145.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A TÉCNICA DE ENFERMAGEM PATRÍCIA DE FREITAS JANUÁRIO.</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10046/0146.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10046/0146.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A TÉCNICA DE ENFERMAGEM JUCILENE DE LOURDES DE SOUZA AZEREDO.</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10173/0273.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10173/0273.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À PROF.ª LILIAN DE OLIVEIRA PINTO.</t>
   </si>
   <si>
     <t>10342</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10342/0442.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10342/0442.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória ao Corpo de Bombeiros Militar do Estado do Rio de Janeiro.</t>
   </si>
   <si>
     <t>10377</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10377/0476.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10377/0476.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR DAVI DE OLIVEIRA FREITAS, RODOVIÁRIO, POR SEUS RELEVANTES SERVIÇOS PRESTADOS AO POVO PETROPOLITANO NOS ÚLTIMOS 23 ANOS.</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10938/1037.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10938/1037.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória à Capitã Endgie Oliver Paquiela pelo reconhecimento do relevante trabalho que prestou à sociedade Petropolitana junto ao 26 BPMRJ.</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Yuri Moura, Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10967/1066-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10967/1066-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR HENRIQUE MAGINI.</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10969/1068-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10969/1068-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR FABIO ALEXANDRE AFFONSO.</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10970/1069-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10970/1069-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR VITOR LUIS SOUZA FERREIRA.</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10972/1070-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10972/1070-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR MARCELO ROSA DA SILVA.</t>
   </si>
   <si>
     <t>10971</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10971/1071-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10971/1071-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A EQUIPE DO MULECADA</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10973/1072-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10973/1072-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A EQUIPE DO OXIGÊNIO JR.</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10974/1073-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10974/1073-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A EQUIPE DO RDL.</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10975/1074-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10975/1074-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR VALDELIR DE ALMEIDA XAVIER</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10977/1076-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10977/1076-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A EQUIPE DA JUVE.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11059/1158.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11059/1158.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO 1º SARGENTO DA POLÍCIA MILITAR, MARCELO ANTÔNIO MARTINS.</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11060/1159.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11060/1159.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO 2º SARGENTO DA POLÍCIA MILITAR, ANTÔNIO FERNANDO CAVALCANTE DE O. ANTUNES.</t>
   </si>
   <si>
     <t>11061</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11061/1160.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11061/1160.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO CABO DA POLÍCIA MILITAR, IVALDO DA SILVA ANTUNES ARNEIRO.</t>
   </si>
   <si>
     <t>11062</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11062/1161.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11062/1161.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO GIRO SERRA, PORTAL DE NOTÍCIAS VEICULADAS PARA O PÚBLICO DA REGIÃO SERRANA/RJ.</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11098/1197.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11098/1197.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À SRª. ESTER PILDERVASSER.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11099/1198.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11099/1198.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. URI PLATTEK.</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11100/1199.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11100/1199.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. ARMANDO BRONSTEIN.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11101/1200.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11101/1200.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA ao SR. CARLOS WATKINS.</t>
   </si>
   <si>
     <t>11102</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11102/1201.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11102/1201.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. LUIZ FERNANDO SANTOS DA SILVA, TRABALHADOR, POR SEU ATO DE EMPATIA E SENSO DE PENSAMENTO COMUNITÁRIO COM OS PETROPOLITANOS QUE TIVERAM SEUS AUTOMÓVEIS E MOTOS AFETADOS PELA FORTE CHUVA DO DIA 15 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11103/1202.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11103/1202.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. DENILSON SILVA, TRABALHADOR, POR SEU ATO DE EMPATIA E SENSO DE PENSAMENTO COMUNITÁRIO COM OS PETROPOLITANOS QUE TIVERAM SEUS AUTOMÓVEIS E MOTOS AFETADOS PELA FORTE CHUVA DO DIA 15 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11104/1203.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11104/1203.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO MOTORISTA E HERÓI, SR. CARLOS ALBERTO NASCIMENTO.</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11105/1204.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11105/1204.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO MOTORISTA E HERÓI SR. CARLOS ANTÔNIO DE FARIA.</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11124/1223.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11124/1223.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR CARLOS ANTÔNIO DE FARIA RODOVIÁRIO, POR SEU ATO DE HEROÍSMO NO SALVAMENTO DOS PASSAGEIROS DO ÔNIBUS 465 - AMAZONAS.</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11125/1224.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11125/1224.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. CARLOS ALBERTO NASCIMENTO, RODOVIÁRIO, POR SEU ATO DE HEROÍSMO NO SALVAMENTO DOS PASSAGEIROS DO ÔNIBUS 401 - INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11400/1499.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11400/1499.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. DAMIÃO PINHEIRO DE MEDEIROS.</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11401/1500.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11401/1500.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. MARCIO DA SILVA PEREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11441/1540.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11441/1540.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. FÁBIO MARINHO DE SOUZA.</t>
   </si>
   <si>
     <t>11467</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11467/1566.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11467/1566.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ALUNO ANTÔNIO RIVERO AMARAL.</t>
   </si>
   <si>
     <t>11664</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11664/1763.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11664/1763.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. CLEISON TURECK.</t>
   </si>
   <si>
     <t>11666</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11666/1764.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11666/1764.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. LI ZHI.</t>
   </si>
   <si>
     <t>11665</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11665/1765.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11665/1765.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. RENATO TORRES</t>
   </si>
   <si>
     <t>11692</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11692/1791.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11692/1791.pdf</t>
   </si>
   <si>
     <t>11694</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11694/1793.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11694/1793.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SERVIÇO PÚBLICO SR. LUCAS AMORIM DE LIMA.</t>
   </si>
   <si>
     <t>11714</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11714/1813-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11714/1813-.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À REDE DE OPERAÇÕES DE EMERGÊNCIA DE RADIOAMADORES - ROER - DE PETRÓPOLIS/RJ.</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/1854.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/1854.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SRA. HELOISA AGUIAR.</t>
   </si>
   <si>
     <t>11764</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/1863.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/1863.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SRA. ANALINE COSTA DE CASTRO E SILVA.</t>
   </si>
   <si>
     <t>11861</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11861/1960.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11861/1960.pdf</t>
   </si>
   <si>
     <t>MOÇAO CONGRATULATÓRIA A SRA. HELENA PEREIRA DE CAMPOS.</t>
   </si>
   <si>
     <t>11902</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11902/2001.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11902/2001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SERVIDOR PÚBLICO MUNICIPAL SR. GUSTAVO TADEU FERNANDES CABRAL.</t>
   </si>
   <si>
     <t>12344</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12344/2443.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12344/2443.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À SR.ª JANAINA BESSA.</t>
   </si>
   <si>
     <t>12379</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12379/2478.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12379/2478.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória para o Sr. BRUNO CARDOSO BARBOSA.</t>
   </si>
   <si>
     <t>12381</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/2480.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/2480.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória ao Sr. ROGÉRIO SOL.</t>
   </si>
   <si>
     <t>12385</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12385/2484.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12385/2484.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO PROJETO ALOHA.</t>
   </si>
   <si>
     <t>12423</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12423/2522.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12423/2522.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória ao Sr. RENATO SOUZA DE JESUS.</t>
   </si>
   <si>
     <t>12510</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/2609.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/2609.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SRA. THEREZA FERNANDES BORSATTO.</t>
   </si>
   <si>
     <t>12925</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12925/3024.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12925/3024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. BRUNO GUIMARÃES CEZAR.</t>
   </si>
   <si>
     <t>12926</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12926/3025.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12926/3025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO COMANDO DA GUARDA CIVIL MUNICIPAL DE PETRÓPOLIS, EXTENSIVO A TODOS OS INTEGRANTES DESTE HONROSO BATALHÃO.</t>
   </si>
   <si>
     <t>12941</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12941/3040.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12941/3040.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória para o Sr. DENILSON FIRMINO GOMES.</t>
   </si>
   <si>
     <t>12942</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12942/3041.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12942/3041.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória para a Dra. AMANDA FERNANDES.</t>
   </si>
   <si>
     <t>12943</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12943/3042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12943/3042.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória para o Sr. CARLOS ALBERTO ABREU DIAS.</t>
   </si>
   <si>
     <t>13293</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13293/3392.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13293/3392.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. PEDRO MICHAELI VIEIRA.</t>
   </si>
   <si>
     <t>13341</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13341/3440.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13341/3440.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FABIANO JOSÉ VIEIRA, RODOVIÁRIO, POR SEU PEDIDO ROMÂNTICO DE CASAMENTO.</t>
   </si>
   <si>
     <t>13461</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13461/3560.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13461/3560.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA à Senhora Andresa Naide Souza Rocha da Silva.</t>
   </si>
   <si>
     <t>13462</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13462/3561.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13462/3561.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR FERNANDO ROCHA DA SILVA.</t>
   </si>
   <si>
     <t>13463</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13463/3562.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13463/3562.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA ao Sr. Rafael Eckhardt Caetano de Abreu.</t>
   </si>
   <si>
     <t>13464</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13464/3563.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13464/3563.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO DR. JOSÉ ORLANDO DE MELO.</t>
   </si>
   <si>
     <t>13514</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13514/3613.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13514/3613.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO PROJETO RESENHOUU.</t>
   </si>
   <si>
     <t>13520</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13520/3619.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13520/3619.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória à Sra. Mariana de Carvalho Rocha.</t>
   </si>
   <si>
     <t>13524</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13524/3623.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13524/3623.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatório para a Sra. EDILAINE DA ROCHA OLIVEIRA MIGUEZ.</t>
   </si>
   <si>
     <t>13525</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13525/3624.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13525/3624.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatório para ANA GABRIELY DE SOUZA R. BARBOZA E TIAGO PONTE LISBOA BARBOSA.</t>
   </si>
   <si>
     <t>13530</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13530/3629.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13530/3629.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À PROTETORA DE ANIMAIS LEANDRA FERNANDEZ MICHAEL.</t>
   </si>
   <si>
     <t>13531</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13531/3630.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13531/3630.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO PROTETOR DE ANIMAIS CAREY NEIL MICHAEL.</t>
   </si>
   <si>
     <t>13614</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13614/3713.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13614/3713.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória para ALEXANDRE e ALINE.</t>
   </si>
   <si>
     <t>13621</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13621/3720.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13621/3720.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA à Senhora Odete da Silva por sua atuação na Rua 24 de Maio durante o desastre ocorrido nas chuvas de 2022.</t>
   </si>
   <si>
     <t>13622</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13622/3721.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13622/3721.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA ao Senhor Lucas da Cruz Alves Carvalho por sua atuação na Rua 24 de Maio durante o desastre ocorrido nas chuvas de 2022.</t>
   </si>
   <si>
     <t>13686</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13686/3785.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13686/3785.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO Pe. ADENILSON SILVA FERREIRA.</t>
   </si>
   <si>
     <t>13687</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13687/3786.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13687/3786.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO REVERENDÍSSIMO BISPO DIOCESANO DOM GREGÓRIO PAIXÃO.</t>
   </si>
   <si>
     <t>13831</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13831/3930.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13831/3930.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A BANDA SHOTGUNS.</t>
   </si>
   <si>
     <t>13838</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13838/3937.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13838/3937.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória ao Sr. RICARDO REIS LOPES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>13850</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13850/3949.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13850/3949.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO VILLAGE HOSTEL.</t>
   </si>
   <si>
     <t>13851</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13851/3950.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13851/3950.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. ANDRÉ DE AMORIM.</t>
   </si>
   <si>
     <t>13912</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13912/4011.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13912/4011.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AS PIONEIRAS DO ESPORTE COM RAQUETE NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>14177</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14177/4276.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14177/4276.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A JEAN MARQUES GONÇALVES, COORDENADOR DE JUVENTUDE DA PREFEITURA MUNICIPAL DE PETRÓPOLIS POR SEU VALOROSO TRABALHO NESSA COORDENADORIA QUE É TÃO FUNDAMENTAL PARA OS JOVENS PETROPOLITANOS.</t>
   </si>
   <si>
     <t>14224</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14224/4323.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14224/4323.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória ao Projeto Futebol Solidário.</t>
   </si>
   <si>
     <t>14548</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14548/4647.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14548/4647.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória à Allana Santana Bastos, aluna da Escola Municipal Arnaldo Dyckerroff, localizada no Brejal, Posse, 5º distrito de Petrópolis.</t>
   </si>
   <si>
     <t>14549</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14549/4648.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14549/4648.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória a Igor de Carvalho Rodrigues, aluno da Escola Municipal Arnaldo Dyckerroff, localizada no Brejal, Posse, 5º distrito de Petrópolis.</t>
   </si>
   <si>
     <t>14972</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14972/5071.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14972/5071.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SENHOR PAULO ANTÔNIO CARNEIRO DIAS POR SUA CONTRIBUIÇÃO PARA O JORNALISMO DA CIDADE COMO DIRETOR DO DIÁRIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>15135</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15135/5234.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15135/5234.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO RAFAEL DA SILVA.</t>
   </si>
   <si>
     <t>15136</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15136/5235.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15136/5235.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO LUCIANO GOMES CHAVES.</t>
   </si>
   <si>
     <t>15137</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15137/5236.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15137/5236.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO DIOGO MOLTER FONSECA.</t>
   </si>
   <si>
     <t>15138</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15138/5237.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15138/5237.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO CLAITON RIGGO PEREIRA.</t>
   </si>
   <si>
     <t>15145</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15145/5244.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15145/5244.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO ALESSANDRO SILVEIRA VENTURA.</t>
   </si>
   <si>
     <t>15146</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15146/5245.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15146/5245.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO MARCO ANTÔNIO LUCIO VALEIIRO.</t>
   </si>
   <si>
     <t>15147</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15147/5246.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15147/5246.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO WIDNEI SILVA DOS SANTOS.</t>
   </si>
   <si>
     <t>15148</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15148/5247.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15148/5247.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO PEDRO HENRIQUE DE SOUZA ROCHA.</t>
   </si>
   <si>
     <t>15149</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15149/5248.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15149/5248.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO CHARLES AZEVEDO E SILVA CRUZ.</t>
   </si>
   <si>
     <t>15150</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15150/5249.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15150/5249.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JOSÉ LUIS BARBOSA DA SILVA.</t>
   </si>
   <si>
     <t>15152</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15152/5251.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15152/5251.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JHONATAN RAMOS RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>15154</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15154/5253.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15154/5253.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JACKSON DE SOUZA RAMOS.</t>
   </si>
   <si>
     <t>15155</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15155/5254.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15155/5254.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JONAS CLAUDINO PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>15156</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15156/5255.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15156/5255.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JOÃO GUILHERME DE OLIVEIRA SILVA FERREIRA BOLELI.</t>
   </si>
   <si>
     <t>15158</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15158/5257.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15158/5257.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO JOSÉ VITOR FERREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>15159</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15159/5258.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15159/5258.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO PEDRO TEIXEIRA FREDERICO.</t>
   </si>
   <si>
     <t>15160</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15160/5259.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15160/5259.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO LUIS EDUARDO MOREIRA PEIXOTO.</t>
   </si>
   <si>
     <t>15173</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15173/5272.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15173/5272.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO CIRO COUTINHO ELOY.</t>
   </si>
   <si>
     <t>15174</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15174/5273.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15174/5273.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO MARCOS PAULO OLIVEIRA.</t>
   </si>
   <si>
     <t>15175</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15175/5274.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15175/5274.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA DÉBORA DAS GRAÇAS MACIEL DA SILVA.</t>
   </si>
   <si>
     <t>15176</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15176/5275.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15176/5275.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO NADIR SOARES DE SOUZA BLATT.</t>
   </si>
   <si>
     <t>15177</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15177/5276.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15177/5276.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA BRUNA FERREIRA CORRÊA.</t>
   </si>
   <si>
     <t>15178</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15178/5277.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15178/5277.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA THAINARA DE PAULA GLÓRIA SCHMITZ.</t>
   </si>
   <si>
     <t>15179</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15179/5278.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15179/5278.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA BIANCA MARIA SOUZA DA SILVA.</t>
   </si>
   <si>
     <t>15180</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15180/5279.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15180/5279.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA SABRINA DE OLIVEIRA ADAES DO NASCIMENTO.</t>
   </si>
   <si>
     <t>15181</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15181/5280.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15181/5280.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA SONIA VALÉRIA DOS SANTOS PEREIRA.</t>
   </si>
   <si>
     <t>15182</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15182/5281.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15182/5281.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA ANA LUIZA MEDEIROS BOTAFOGO.</t>
   </si>
   <si>
     <t>15183</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15183/5282.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15183/5282.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA SABRINA SILVA CORDEIRO DE PAULA SOUZA.</t>
   </si>
   <si>
     <t>15184</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15184/5283.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15184/5283.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA EDNA SEVERINO.</t>
   </si>
   <si>
     <t>15185</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15185/5284.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15185/5284.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO DOUGLAS DA SILVA SANTANNA.</t>
   </si>
   <si>
     <t>15186</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15186/5285.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15186/5285.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA ISABELA DOS SANTOS.</t>
   </si>
   <si>
     <t>15187</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15187/5286.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15187/5286.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A FORMANDA ANA LUCIA PÉRICO M. PEIXOTO.</t>
   </si>
   <si>
     <t>15265</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15265/5364.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15265/5364.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO DEPARTAMENTO DE POLÍCIA TÉCNICO-CIENTÍFICA.</t>
   </si>
   <si>
     <t>15471</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15471/5570.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15471/5570.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO FORMANDO VINICIUS ALVES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>15561</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15561/5660.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15561/5660.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATORIA A SRA. JOYCE HELEN JORGE DE SOUZA.</t>
   </si>
   <si>
     <t>15567</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15567/5666.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15567/5666.pdf</t>
   </si>
   <si>
     <t>MOÇÃO SRA. LEILA MARIA BARRETO RIBEIRO GUIDO.</t>
   </si>
   <si>
     <t>15595</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15595/5694.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15595/5694.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ALUNO MARIO CHANDRELLE SANSEVERINO RODRIGUES COUTO.</t>
   </si>
   <si>
     <t>15618</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15618/5717.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15618/5717.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO GRUPO FORMA CERTA.</t>
   </si>
   <si>
     <t>15646</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15646/5745.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15646/5745.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO MILITAR DO CORPO DE FUZILEIROS NAVAIS DA MARINHA DO BRASIL, SR. GLEIDSON JOSÉ SILVA DE ALMEIDA.</t>
   </si>
   <si>
     <t>15709</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15709/5808.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15709/5808.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS ALUNOS MEDALHISTAS DA OBA.</t>
   </si>
   <si>
     <t>15858</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15858/5957.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15858/5957.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SR.ª CATERINA CARVALHAL BURATTA.</t>
   </si>
   <si>
     <t>15875</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15875/5974.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15875/5974.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. JOÃO PAULO DE SOUZA RIBEIRO.</t>
   </si>
   <si>
     <t>15951</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15951/6050.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15951/6050.pdf</t>
   </si>
   <si>
     <t>Moção Congratulatória aos Formandos de Bombeiros Civis.</t>
   </si>
   <si>
     <t>15992</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15992/6091.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15992/6091.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. SANDRO FERREIRA BARBOSA.</t>
   </si>
   <si>
     <t>16061</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16061/6160.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16061/6160.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATORIA A EMPRESA PETROCARE HOME CARE, ATRAVES DE SEUS PROPRIETÁRIOS EDUARDO JUSTEN MOREIRA E MICHELE SENRA CALLIL MOREIRA.</t>
   </si>
   <si>
     <t>16251</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16251/6350.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16251/6350.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO CAPITÃO BM QOC/10 LEONARDO FREITAS DE LIMA.</t>
   </si>
   <si>
     <t>16252</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16252/6351.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16252/6351.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SUBTENENTE BM MARCO AURÉLIO DA SILVA BOARETO.</t>
   </si>
   <si>
     <t>16253</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16253/6352.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16253/6352.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SUBTENENTE BM EDUARDO ALENCAR DIAS DE SOUZA.</t>
   </si>
   <si>
     <t>16254</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16254/6353.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16254/6353.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SUBTENENTE BM MÁRCIO STUMPF.</t>
   </si>
   <si>
     <t>16255</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16255/6354.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16255/6354.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SUBTENENTE LEANDRO BERNARDINO DA SILVA.</t>
   </si>
   <si>
     <t>16256</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16256/6355.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16256/6355.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO 1º SARGENTO BM MÁRCIO BOARETTO PIRES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>16257</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16257/6356.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16257/6356.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO 1º SARGENTO BM SAMYR SOARES VIANA.</t>
   </si>
   <si>
     <t>16258</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16258/6357.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16258/6357.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO 3º SARGENTO BM CLÁUDIO MOISÉS ALVES.</t>
   </si>
   <si>
     <t>16292</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16292/6391.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16292/6391.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A DRA. VALÉRIA MARTINS VIEIRA.</t>
   </si>
   <si>
     <t>16455</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16455/6554.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16455/6554.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. FELICIANO CARDOSO CAMPIÃO.</t>
   </si>
   <si>
     <t>16456</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16456/6555.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16456/6555.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. ISMAEL JUNIOR MONTES.</t>
   </si>
   <si>
     <t>9929</t>
   </si>
   <si>
     <t>EPDZA</t>
   </si>
   <si>
     <t>Encaminhamento para o Prêmio Dra. Zilda Arns</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9929/0029.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9929/0029.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Maristela Manso para receber o Prêmio Dra. Zilda Arns.</t>
   </si>
   <si>
     <t>10148</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10148/0248.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10148/0248.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Carmen Velasco Portinho para receber o Prêmio Dra. Zilda Arns post mortem.</t>
   </si>
   <si>
     <t>10168</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10168/0268.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10168/0268.pdf</t>
   </si>
   <si>
     <t>Indica a Maria de Fátima Moraes Argon da Matta para receber o Prêmio Dra. Zilda Arns.</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10190/0290.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10190/0290.pdf</t>
   </si>
   <si>
     <t>Indica a senhora Maria Ines Moura de Oliveira Freitas para receber o Prêmio Dra. Zilda Arns 2022.</t>
   </si>
   <si>
     <t>10279</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10279/0379.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10279/0379.pdf</t>
   </si>
   <si>
     <t>Indica a Dra. Priscila Braga Da Cunha De Sá Rodrigues, para receber o Prêmio Dra Zilda Arns 2022.</t>
   </si>
   <si>
     <t>10280</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10280/0380.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10280/0380.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Marcia da Silva Loureiro para receber o Prêmio Dra. Zilda Arns 2022.</t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10319/0419.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10319/0419.pdf</t>
   </si>
   <si>
     <t>Indica a Professora Sonia Maria Valente Abi Daud para receber o Prêmio Dra. Zilda Arns.</t>
   </si>
   <si>
     <t>10379</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10379/0478.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10379/0478.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Daniela de Freitas Maciel Barboza para receber o Prêmio Dra. Zilda Arns.</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
     <t>EPPQ</t>
   </si>
   <si>
     <t>Encaminhamento do Prêmio Padre Quinha</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/1514.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/1514.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Márcia Verônica Brandão Silva Costa Ferreira para receber o Prêmio Padre Quinha, ano de 2022.</t>
   </si>
   <si>
     <t>11611</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11611/1710.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11611/1710.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. BRUNO SPALA LEANDRO MEDEIROS, para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/1724.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/1724.pdf</t>
   </si>
   <si>
     <t>Indica a IGREJA BATISTA ATITUDE, para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>11667</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11667/1766.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11667/1766.pdf</t>
   </si>
   <si>
     <t>Indica o RIO SOLIDÁRIO - OBRA SOCIAL DO RIO DE JANEIRO, para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>11710</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/1809.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/1809.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto Social Oficina do Ser, para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>11744</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11744/1843.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11744/1843.pdf</t>
   </si>
   <si>
     <t>Indica a sr.ª Ana Lúcia Orlandi para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/1850.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/1850.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto Grão, para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>11752</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/1851.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/1851.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto Todos Juntos Ninguém Sozinho, para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>11926</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11926/2025.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11926/2025.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. JULIA MC KENZIE CARLOS DE OLIVEIRA, para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>11927</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11927/2026.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11927/2026.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Fernando Santux, para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>11933</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11933/2032.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11933/2032.pdf</t>
   </si>
   <si>
     <t>Indica o Movimento dos Pequenos Agricultores - MPA, para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>11934</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11934/2033.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11934/2033.pdf</t>
   </si>
   <si>
     <t>Indica o Movimento dos Trabalhadores Sem Teto - MTST para receber o Prêmio Padre Quinha 2022.</t>
   </si>
   <si>
     <t>12396</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12396/2495.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12396/2495.pdf</t>
   </si>
   <si>
     <t>Indica a Associação SOS Serra , para receber o Prêmio Padre Quinha.</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
     <t>EPOC</t>
   </si>
   <si>
     <t>Encaminhamento do Prêmio Dr. Oswaldo Cruz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10961/1060.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10961/1060.pdf</t>
   </si>
   <si>
     <t>Indica RICARDO BANDEIRA EMMEL para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>11644</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11644/1743.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11644/1743.pdf</t>
   </si>
   <si>
     <t>Indica o Dr. José Antônio dos Santos e Fróis de Almeida de Pinna Cabral, para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>12991</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12991/3090.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12991/3090.pdf</t>
   </si>
   <si>
     <t>Indica o Dr. MARCOS AURÉLIO PINTO MARZANO, para receber o Prêmio Dr. OSWALDO CRUZ no ano de 2022.</t>
   </si>
   <si>
     <t>13258</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13258/3357.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13258/3357.pdf</t>
   </si>
   <si>
     <t>Indica a Ana Clara Gonçalves Bittencourt, para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>13318</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13318/3417.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13318/3417.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. PAMELA SOARES SIQUEIRA, para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>13320</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13320/3419.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13320/3419.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Ronye de Lourdes Pinheiro de Souza Faraco, para receber o Prêmio Dr. Oswaldo Cruz 2022.</t>
   </si>
   <si>
     <t>13329</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/3428.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/3428.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Daniel Ricardo Soranz Pinto para receber o Prêmio Dr. Oswaldo Cruz..</t>
   </si>
   <si>
     <t>13943</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13943/4042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13943/4042.pdf</t>
   </si>
   <si>
     <t>Indica o DR. JULIANO NUNES PEREIRA para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>14418</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14418/4517.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14418/4517.pdf</t>
   </si>
   <si>
     <t>Indica Dra. Jessica Mayer Chiani Villar, para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>14501</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14501/4600.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14501/4600.pdf</t>
   </si>
   <si>
     <t>Indica o Doutor Luis Arnaldo Magdalena Pereira para receber o Prêmio Dr. Oswaldo Cruz.</t>
   </si>
   <si>
     <t>14512</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14512/4611.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14512/4611.pdf</t>
   </si>
   <si>
     <t>INDICA O DOUTOR DINIZAR JOSE DE ARAUJO FILHO PARA RECEBER O PRÊMIO DR. OSWALDO CRUZ.</t>
   </si>
   <si>
     <t>14699</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14699/4798.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14699/4798.pdf</t>
   </si>
   <si>
     <t>Indica ao Dr. Aloísio Barbosa da Silva Filho para receber o Prêmio Dr. Oswaldo Cruz de 2023.</t>
   </si>
   <si>
     <t>10410</t>
   </si>
   <si>
     <t>EPIA</t>
   </si>
   <si>
     <t>Encaminhamento Prêmio Instituição Amiga do Animal</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10410/0509.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10410/0509.pdf</t>
   </si>
   <si>
     <t>Indica a Carla Correa Maduro para receber o Prêmio de Instituição Amiga dos Animais.</t>
   </si>
   <si>
     <t>10169</t>
   </si>
   <si>
     <t>EPAA</t>
   </si>
   <si>
     <t>Encaminhamento do Prêmio Amigo(a) dos Animais</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10169/0269.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10169/0269.pdf</t>
   </si>
   <si>
     <t>Indica o senhor Wanderson Esteves da Silva para receber o Prêmio de Amigo dos Animais 2022.</t>
   </si>
   <si>
     <t>10170</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10170/0270.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10170/0270.pdf</t>
   </si>
   <si>
     <t>Indica a senhora Ana Carolina dos Santos Melo para receber o Prêmio de Amigo dos Animais 2022.</t>
   </si>
   <si>
     <t>10171</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10171/0271.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10171/0271.pdf</t>
   </si>
   <si>
     <t>Indica a Raphaela Buriche Andre para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>10278</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10278/0378.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10278/0378.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. BERNADETE KOCHEN COELHO para receber o Prêmio de Amiga dos Animais.</t>
   </si>
   <si>
     <t>10393</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10393/0492.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10393/0492.pdf</t>
   </si>
   <si>
     <t>Indica o João Pedro Falcão Amaral para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10526/0625.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10526/0625.pdf</t>
   </si>
   <si>
     <t>Indica ao Dr. Claudio Avelar de Oliveira para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10605/0704.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10605/0704.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Verônica Morsch Mazzoni Oliveira para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>10606</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10606/0705.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10606/0705.pdf</t>
   </si>
   <si>
     <t>Indica FERNANDA SCHIMEL FERNANDES para receber o Prêmio Amigo dos Animais.</t>
   </si>
   <si>
     <t>10607</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10607/0706.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10607/0706.pdf</t>
   </si>
   <si>
     <t>Indica DAFINE APARECIDA OLIVEIRA DA SILVA para receber o Prêmio Amigo dos Animais.</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10650/0749.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10650/0749.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Andréa da Costa Santos para receber o Prêmio de Amigo dos Animais 2022.</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10651/0750.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10651/0750.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Yara Pamplona para receber o Prêmio de Amigo dos Animais 2022.</t>
   </si>
   <si>
     <t>10713</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10713/0812.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10713/0812.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Matheus Augusto Maionese Assis para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>12231</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/2330.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/2330.pdf</t>
   </si>
   <si>
     <t>Indica a protetora Simone Rodrigues Gonçalves para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>12232</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12232/2331.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12232/2331.pdf</t>
   </si>
   <si>
     <t>Indica a protetora Maria Rita de Freitas para receber o Prêmio de Amigo dos Animais.</t>
   </si>
   <si>
     <t>12917</t>
   </si>
   <si>
     <t>ETUP</t>
   </si>
   <si>
     <t>Encaminhamento de Título de Utilidade Pública</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12917/3016.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12917/3016.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE TÍTULO DE UTILIDADE PÚBLICA.</t>
   </si>
   <si>
     <t>13360</t>
   </si>
   <si>
     <t>ETCP</t>
   </si>
   <si>
     <t>Encaminhamento Título de Cidadania Petropolitana</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13360/3459.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13360/3459.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Título de Cidadania Petropolitana.</t>
   </si>
   <si>
     <t>12481</t>
   </si>
   <si>
     <t>EPE10</t>
   </si>
   <si>
     <t>Encaminhamento de Premiação de Educador Nota 10</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12481/2580.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12481/2580.pdf</t>
   </si>
   <si>
     <t>Indica o Prof. RODOLFO BRAGA para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>13039</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/3138.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/3138.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. ANDREA RODRIGUES DOS SANTOS para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>13358</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13358/3457.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13358/3457.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. SORAYA LIMA E SILVA para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>13553</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13553/3652.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13553/3652.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. MAISA LOUZADA RAPOZO para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>13955</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13955/4054.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13955/4054.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. RENATA TREZZA DA SILVA para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14301</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14301/4400.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14301/4400.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Cadija Shumurani Justen Tanini para receber a Premiação de Educador Nota 10, 2022.</t>
   </si>
   <si>
     <t>14357</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14357/4456.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14357/4456.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Ana Carolina Carius para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14359</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14359/4458.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14359/4458.pdf</t>
   </si>
   <si>
     <t>INDICA A SRª. PATRÍCIA BOAVENTURA DA SILVA EGIDIO PARA RECEBER A PREMIAÇÃO DE EDUCADOR NOTA 10.</t>
   </si>
   <si>
     <t>14370</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14370/4469.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14370/4469.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Maria Cristina Bailune Matuque da Silva para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14415</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14415/4514.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14415/4514.pdf</t>
   </si>
   <si>
     <t>Indica a Sra CLEUSA ELIANE DE SOUZA BROCHADO para receber a Premiação de Educador Nota 10 no ano de 2022.</t>
   </si>
   <si>
     <t>14563</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14563/4662.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14563/4662.pdf</t>
   </si>
   <si>
     <t>Indica Ana Lucia Jeronymo de Oliveira da Silveira Campos para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14581</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14581/4680.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14581/4680.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Marcilene Laureano da Silva para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14585</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14585/4684.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14585/4684.pdf</t>
   </si>
   <si>
     <t>INDICA A SR.ª ROBERTA DOS SANTOS GREGÓRIO NEVES PARA RECEBER A PREMIAÇÃO DE EDUCADOR NOTA 10.</t>
   </si>
   <si>
     <t>14609</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14609/4708.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14609/4708.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Ana Carolina Kapler Ferreira Roberto para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14626</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14626/4725.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14626/4725.pdf</t>
   </si>
   <si>
     <t>Indica a Sraº. Bianca Tamancoldi Lutz de Oliveira para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14632</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14632/4731.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14632/4731.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Paulo Afonso Moura de Freitas Filho, para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14642</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14642/4741.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14642/4741.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Elisangela de Freitas Morais Rodrigues para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>14643</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14643/4742.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14643/4742.pdf</t>
   </si>
   <si>
     <t>INDICA A SRA. TATIANA AUGUSTO NUNES PEREIRA PARA RECEBER A PREMIAÇÃO DE EDUCADOR NOTA 10.</t>
   </si>
   <si>
     <t>14645</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14645/4744.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14645/4744.pdf</t>
   </si>
   <si>
     <t>Indica o Professora Tilene Fernandes Machado Bastos para receber a Premiação de Educador Nota 10.</t>
   </si>
   <si>
     <t>12635</t>
   </si>
   <si>
     <t>EMK</t>
   </si>
   <si>
     <t>Encaminhamento de Medalha de Koeler</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12635/2734.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12635/2734.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE MEDALHA DE KOELER.</t>
   </si>
   <si>
     <t>12731</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12731/2830.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12731/2830.pdf</t>
   </si>
   <si>
     <t>13132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13132/3231.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13132/3231.pdf</t>
   </si>
   <si>
     <t>13326</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/3425.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/3425.pdf</t>
   </si>
   <si>
     <t>13596</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13596/3695.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13596/3695.pdf</t>
   </si>
   <si>
     <t>13656</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13656/3755.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13656/3755.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE MEDALHA DE KOELER GRAU CRUZ DE DISTINÇÃO.</t>
   </si>
   <si>
     <t>13657</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13657/3756.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13657/3756.pdf</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13658/3757.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13658/3757.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE MEDALHA DE KOELER GRAU CRUZ MÉRITO.</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13659/3758.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13659/3758.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE MEDALHA DE KOELER GRAU CRUZ HONRA E MÉRITO.</t>
   </si>
   <si>
     <t>11812</t>
   </si>
   <si>
     <t>EDE</t>
   </si>
   <si>
     <t>Encaminhamento de Destaque Empresarial</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11812/1911.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11812/1911.pdf</t>
   </si>
   <si>
     <t>Indica a empresa PETISCARIA IMPERIAL para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>12480</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12480/2579.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12480/2579.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. PAULO VITOR ARGON para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>14302</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14302/4401.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14302/4401.pdf</t>
   </si>
   <si>
     <t>Indica a Teckno Coffee para receber o Prêmio de Destaque Empresarial 2022.</t>
   </si>
   <si>
     <t>14583</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14583/4682.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14583/4682.pdf</t>
   </si>
   <si>
     <t>Indica Fábrica de Telas e de Peneiras São Jorge para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>14584</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14584/4683.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14584/4683.pdf</t>
   </si>
   <si>
     <t>Indica a Crystone Pneus - Renovadora de Pneus Nova Areal LTDA - para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>14625</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14625/4724.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14625/4724.pdf</t>
   </si>
   <si>
     <t>Indica a CLAUDIA SOFIA VENTURA TEIXEIRA MEDEIROS para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>14985</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14985/5084.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14985/5084.pdf</t>
   </si>
   <si>
     <t>Indica a Papelaria Semadri para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>15107</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15107/5206.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15107/5206.pdf</t>
   </si>
   <si>
     <t>Indica a Academia Korper para receber o Prêmio de Destaque Empresarial 2022.</t>
   </si>
   <si>
     <t>15262</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15262/5361.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15262/5361.pdf</t>
   </si>
   <si>
     <t>Indica o ARMAZEM MARIA COMPRIDA para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>15297</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15297/5396.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15297/5396.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. ROBERTO JOSE MOUTINHO para receber o Prêmio de Destaque Empresarial 2022.</t>
   </si>
   <si>
     <t>15298</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15298/5397.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15298/5397.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Mario Jose Vasques da Cruz para receber o Prêmio de Destaque Empresarial 2022.</t>
   </si>
   <si>
     <t>15304</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15304/5403.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15304/5403.pdf</t>
   </si>
   <si>
     <t>Indica Esporte Verde para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>15316</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15316/5415.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15316/5415.pdf</t>
   </si>
   <si>
     <t>Indica a URBAN para receber o Prêmio de Destaque Empresarial 2022.</t>
   </si>
   <si>
     <t>15323</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15323/5422.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15323/5422.pdf</t>
   </si>
   <si>
     <t>Indica o BROWNIE DO TON PATISSERIE para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>15721</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15721/5820.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15721/5820.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Ricardo Alphonse Santos Blanc para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>15722</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15722/5821.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15722/5821.pdf</t>
   </si>
   <si>
     <t>Indica a Unicred Serra Mar - PA Petrópolis para receber o Prêmio de Destaque Empresarial.</t>
   </si>
   <si>
     <t>12859</t>
   </si>
   <si>
     <t>EPPA</t>
   </si>
   <si>
     <t>Encaminhamento ao Prêmio Personalidade do Ano</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12859/2958.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12859/2958.pdf</t>
   </si>
   <si>
     <t>Indica GABRIEL VILA REAL DA ROCHA (POST MORTEN) para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13185</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13185/3284.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13185/3284.pdf</t>
   </si>
   <si>
     <t>Indica a Isabella Alvim Guedes para receber o Prêmio Personalidade do Ano 2022.</t>
   </si>
   <si>
     <t>13215</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13215/3314.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13215/3314.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Gutemberg de Paula Fonseca para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13374</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13374/3473.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13374/3473.pdf</t>
   </si>
   <si>
     <t>Indica a Cristine de Menezes P. Rodrigues Teixeira para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13453</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13453/3552.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13453/3552.pdf</t>
   </si>
   <si>
     <t>Indica o SR. CORONEL GIL CORREIA KEMPERS VIEIRA para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13555</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13555/3654.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13555/3654.pdf</t>
   </si>
   <si>
     <t>Indica o SR. FERNANDO LUIS DE ARAUJO para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13664</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13664/3763.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13664/3763.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Carlos Francisco Portinho para receber o Prêmio Personalidade do Ano 2022.</t>
   </si>
   <si>
     <t>13665</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13665/3764.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13665/3764.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Romário de Souza Faria para receber o Prêmio Personalidade do Ano 2022.</t>
   </si>
   <si>
     <t>13668</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13668/3767.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13668/3767.pdf</t>
   </si>
   <si>
     <t>Indica a Tenente Coronel Elisangela Francisca de Matos para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13678</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13678/3777.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13678/3777.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Carolina de Souza Freitas para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>13690</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13690/3789.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13690/3789.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Leandro Rocha para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>14011</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14011/4110.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14011/4110.pdf</t>
   </si>
   <si>
     <t>Indica GILENO ALVES DE LIMA para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>14686</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14686/4785.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14686/4785.pdf</t>
   </si>
   <si>
     <t>Indica o Wasim Ahmad Zafar para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>14700</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14700/4799.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14700/4799.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO AO PRÊMIO PERSONALIDADE DO ANO.</t>
   </si>
   <si>
     <t>14735</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14735/4834.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14735/4834.pdf</t>
   </si>
   <si>
     <t>Indica o Leonardo Caetano Silva para receber o Prêmio Personalidade do Ano.</t>
   </si>
   <si>
     <t>11426</t>
   </si>
   <si>
     <t>EPDAJ</t>
   </si>
   <si>
     <t>Encaminhamento Prêmio Destaque Área Jurídica Ano</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11426/1525.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11426/1525.pdf</t>
   </si>
   <si>
     <t>Indica a DESEMBARGADORA REGINA LUCIA PASSOS para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>11460</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11460/1559.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11460/1559.pdf</t>
   </si>
   <si>
     <t>Indica a Dra. Ana Beatriz Villar da Cunha Botelho para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>11961</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11961/2060.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11961/2060.pdf</t>
   </si>
   <si>
     <t>Indica o Dr. ODILON LISBOA MEDEIROS para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>12948</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12948/3047.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12948/3047.pdf</t>
   </si>
   <si>
     <t>Indica o Jordani Fernandes Ribeiro para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>12949</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12949/3048.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12949/3048.pdf</t>
   </si>
   <si>
     <t>Indica o Alex Sandro Cortasio Lima para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13032</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13032/3131.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13032/3131.pdf</t>
   </si>
   <si>
     <t>Indica CAMILA NEHMY ARAGÃO DUTRA para receber o Prêmio Destaque Área Jurídica do Ano 2022.</t>
   </si>
   <si>
     <t>13037</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/3136.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/3136.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Marco Antonio Machado da Costa para receber o Prêmio Destaque Área Jurídica do Ano 2022.</t>
   </si>
   <si>
     <t>13038</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13038/3137.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13038/3137.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Vitor Hugo Machado Gomes para receber o Prêmio Destaque Área Jurídica do Ano 2022.</t>
   </si>
   <si>
     <t>13051</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13051/3150.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13051/3150.pdf</t>
   </si>
   <si>
     <t>Indica a Gabriela de Almeida Brochado Araujo para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13052</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13052/3151.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13052/3151.pdf</t>
   </si>
   <si>
     <t>Indica a Dra. Luciana de Almeida Lemos para receber o Prêmio Destaque Área Jurídica do Ano de 2022.</t>
   </si>
   <si>
     <t>13053</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13053/3152.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13053/3152.pdf</t>
   </si>
   <si>
     <t>Indica o Dr. Fernando Henrique Ferreira de Souza para receber o Prêmio Destaque Área Jurídica do Ano de 2022.</t>
   </si>
   <si>
     <t>13070</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13070/3169.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13070/3169.pdf</t>
   </si>
   <si>
     <t>Indica DIEGO MASCHERONI WERNECK CARBONELLI para receber o Prêmio Destaque Área Jurídica do Ano DE 2022.</t>
   </si>
   <si>
     <t>13087</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13087/3186.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13087/3186.pdf</t>
   </si>
   <si>
     <t>Indica o Marco Antonio Koppke da Silva para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13092</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13092/3191.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13092/3191.pdf</t>
   </si>
   <si>
     <t>Indica o Dr. MARCELO ANTÔNIO COSTA PINHEIRO para receber o Prêmio Destaque Área Jurídica do Ano.de 2022.</t>
   </si>
   <si>
     <t>13107</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13107/3206.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13107/3206.pdf</t>
   </si>
   <si>
     <t>Indica a BARBARA OLIVEIRA SILVA ARAUJO para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13108</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13108/3207.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13108/3207.pdf</t>
   </si>
   <si>
     <t>Indica a BEATRIZ NUNES DA COSTA BIANCHI para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13109/3208.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13109/3208.pdf</t>
   </si>
   <si>
     <t>Indica o dr. Rodrigo Teixeira Beligolli para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>13110</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13110/3209.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13110/3209.pdf</t>
   </si>
   <si>
     <t>Indica o defensor público DR. EDUARDO MESQUITA GIBRAIL para receber o Prêmio Destaque Área Jurídica do Ano 2022.</t>
   </si>
   <si>
     <t>13111</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13111/3210.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13111/3210.pdf</t>
   </si>
   <si>
     <t>Indica o advogado Dr. Gabriel de Amorim para receber o Prêmio Destaque Área Jurídica do Ano 2022.</t>
   </si>
   <si>
     <t>13554</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13554/3653.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13554/3653.pdf</t>
   </si>
   <si>
     <t>Indica o DESEMBARGADOR ANDRÉ LUÍS MANÇANO MARQUES para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>14283</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14283/4382.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14283/4382.pdf</t>
   </si>
   <si>
     <t>Indica a Doutora VANESSA QUADROS SOARES KATZ para receber o Prêmio Destaque Área Jurídica do Ano.</t>
   </si>
   <si>
     <t>14936</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14936/5035.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14936/5035.pdf</t>
   </si>
   <si>
     <t>Indica o Delegado Nei José Ramos Loureiro para receber o Prêmio Destaque Área Jurídica do Ano de 2022.</t>
   </si>
   <si>
     <t>14937</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14937/5036.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14937/5036.pdf</t>
   </si>
   <si>
     <t>Indica o Tales Infrata Procópio da Silva para receber o Prêmio Destaque Área Jurídica do Ano de 2022.</t>
   </si>
   <si>
     <t>11793</t>
   </si>
   <si>
     <t>EPCM</t>
   </si>
   <si>
     <t>Encaminhamento ao Prêmio Chico Mendes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11793/1892.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11793/1892.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto Água, para receber o Prêmio Chico Mendes.</t>
   </si>
   <si>
     <t>11811</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11811/1910.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11811/1910.pdf</t>
   </si>
   <si>
     <t>Indica o INSTITUTO CAMINHO DA ROÇA para receber o Prêmio Chico Mendes.</t>
   </si>
   <si>
     <t>11847</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11847/1946-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11847/1946-.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Erika Cortines, para receber o Prêmio Chico Mendes 2022.</t>
   </si>
   <si>
     <t>11848</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11848/1947.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11848/1947.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. PATRICIA ASSIS DE SOUZA PEREIRA PALACIO, para receber o Prêmio Chico Mendes 2022.</t>
   </si>
   <si>
     <t>11867</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/1966.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/1966.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. EDUARDO LAURIERE QUENTEL, para receber o Prêmio Chico Mendes 2022.</t>
   </si>
   <si>
     <t>12077</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12077/2176.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12077/2176.pdf</t>
   </si>
   <si>
     <t>Indica o Marco Antonio Diniz de Souza, para receber o Prêmio Chico Mendes.</t>
   </si>
   <si>
     <t>12971</t>
   </si>
   <si>
     <t>PDPA</t>
   </si>
   <si>
     <t>Encaminhamento ao Prêmio Denoni Pereira Alves</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12971/3070.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12971/3070.pdf</t>
   </si>
   <si>
     <t>INDICA O SR. ANTONIO CARLOS CASTILHO REZENDE PARA RECEBER O PRÊMIO DENONI PEREIRA ALVES.</t>
   </si>
   <si>
     <t>13155</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13155/3254.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13155/3254.pdf</t>
   </si>
   <si>
     <t>Indica o Professor Carlos Octavio Fontes para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13188</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13188/3287.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13188/3287.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Mario Honorato de Oliveira Filho para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13261</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13261/3360.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13261/3360.pdf</t>
   </si>
   <si>
     <t>Indica o Alexsandro Alonso de Faria Lautherbach para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13292</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13292/3391.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13292/3391.pdf</t>
   </si>
   <si>
     <t>Indica a Roseana da Conceição Tomaz para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13357</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13357/3456.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13357/3456.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. THIAGO DE FREITAS NEVES DE ALMEIDA para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13528</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13528/3627.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13528/3627.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. LEONARDO ROCHA DA SILVA NETTO, para receber o Prêmio DENONI PEREIRA ALVES no ano de 2022.</t>
   </si>
   <si>
     <t>13529</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13529/3628.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13529/3628.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. GILBERTO DE SOUZA PAIVA para receber o Prêmio Denoni Pereira Alves no ano de 2022.</t>
   </si>
   <si>
     <t>13585</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13585/3684.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13585/3684.pdf</t>
   </si>
   <si>
     <t>Indica o Prof. JEAN CARLOS FERREIRA TEOTONIO para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13653/3752.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13653/3752.pdf</t>
   </si>
   <si>
     <t>Indica EDSON MAMEDE GONÇALVES para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13663/3762.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13663/3762.pdf</t>
   </si>
   <si>
     <t>Indica o ROBERTO CARLOS POLONINI PEREIRA DAS NEVES para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13666</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13666/3765.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13666/3765.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Cláudio Coloral para receber o Prêmio Denoni Pereira Alves 2022.</t>
   </si>
   <si>
     <t>13675</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13675/3774.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13675/3774.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. Sidnéa Outeiro Pereira para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13676</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13676/3775.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13676/3775.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Luis Paulo Menezes Ramos de Azevedo para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13688</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13688/3787.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13688/3787.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Nonô Xavier para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13689</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13689/3788.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13689/3788.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Wellington Rodrigues Tibúrcio Fantana para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13718</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13718/3817.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13718/3817.pdf</t>
   </si>
   <si>
     <t>Indica a senhora Daniele da Penha de Oliveira Mendonça para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13719</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13719/3818.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13719/3818.pdf</t>
   </si>
   <si>
     <t>Indica o senhor Marcelo Costa Roberto para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>13799</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13799/3898.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13799/3898.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. Romário de Souza Faria para receber o Prêmio Denoni Pereira Alves 2022.</t>
   </si>
   <si>
     <t>14008</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14008/4107.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14008/4107.pdf</t>
   </si>
   <si>
     <t>Indica MAICON DA SILVA CARVALHO para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>14010</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14010/4109.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14010/4109.pdf</t>
   </si>
   <si>
     <t>Indica TALITA CRISTINA CARIUS GONÇALVES DOS SANTOS para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>14311</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14311/4410.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14311/4410.pdf</t>
   </si>
   <si>
     <t>Indica o Prof. Diego Merenciano Santana para receber o Prêmio Denoni Pereira Alves.</t>
   </si>
   <si>
     <t>14366</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14366/4465.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14366/4465.pdf</t>
   </si>
   <si>
     <t>14712</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14712/4811.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14712/4811.pdf</t>
   </si>
   <si>
     <t>INDICA O SR. JOSÉ ROBERTOS LOPES PARA RECEBER O PRÊMIO DENONI PEREIRA ALVES 2022.</t>
   </si>
   <si>
     <t>14733</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14733/4832.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14733/4832.pdf</t>
   </si>
   <si>
     <t>INDICA O SR. MARCOS ANTONIO DOS SANTOS PARA RECEBER O PRÊMIO DENONI PEREIRA ALVES 2022.</t>
   </si>
   <si>
     <t>12245</t>
   </si>
   <si>
     <t>ESCA</t>
   </si>
   <si>
     <t>Encaminhamento Selo ou Certificado Acessibilidade</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12245/2344.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12245/2344.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE SELO OU CERTIFICADO DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>12526</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12526/2625.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12526/2625.pdf</t>
   </si>
   <si>
     <t>12606</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12606/2705.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12606/2705.pdf</t>
   </si>
   <si>
     <t>12653</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/2752.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/2752.pdf</t>
   </si>
   <si>
     <t>12736</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12736/2835.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12736/2835.pdf</t>
   </si>
   <si>
     <t>12738</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12738/2837.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12738/2837.pdf</t>
   </si>
   <si>
     <t>12757</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12757/2856.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12757/2856.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE SELO OU CERTIFICADO IMPERIAL DE ACESSIBILIDADE AO CENTRO DE REFERÊNCIA INCLUSIVA ALINE DE SOUZA CORREA.</t>
   </si>
   <si>
     <t>12780</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12780/2879.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12780/2879.pdf</t>
   </si>
   <si>
     <t>12916</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12916/3015.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12916/3015.pdf</t>
   </si>
   <si>
     <t>13302</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13302/3401.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13302/3401.pdf</t>
   </si>
   <si>
     <t>13281</t>
   </si>
   <si>
     <t>DHOME</t>
   </si>
   <si>
     <t>Encaminhamento de Diploma de HONRA AO MÉRITO</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13281/3380.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13281/3380.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>13330</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13330/3429.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13330/3429.pdf</t>
   </si>
   <si>
     <t>13512</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13512/3611.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13512/3611.pdf</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13599/3698.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13599/3698.pdf</t>
   </si>
   <si>
     <t>13608</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13608/3707.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13608/3707.pdf</t>
   </si>
   <si>
     <t>13655</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13655/3754.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13655/3754.pdf</t>
   </si>
   <si>
     <t>13677</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13677/3776.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13677/3776.pdf</t>
   </si>
   <si>
     <t>14007</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14007/4106.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14007/4106.pdf</t>
   </si>
   <si>
     <t>14531</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14531/4630.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14531/4630.pdf</t>
   </si>
   <si>
     <t>15109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15109/5208.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15109/5208.pdf</t>
   </si>
   <si>
     <t>12479</t>
   </si>
   <si>
     <t>CIDBE</t>
   </si>
   <si>
     <t>Encaminhamento de Título de CIDADÃO BENEMÉRITO</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12479/2578.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12479/2578.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE TÍTULO DE CIDADÃO BENEMÉRITO.</t>
   </si>
   <si>
     <t>13609</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13609/3708.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13609/3708.pdf</t>
   </si>
   <si>
     <t>13654</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13654/3753.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13654/3753.pdf</t>
   </si>
   <si>
     <t>13662</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13662/3761.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13662/3761.pdf</t>
   </si>
   <si>
     <t>13866</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13866/3965.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13866/3965.pdf</t>
   </si>
   <si>
     <t>11792</t>
   </si>
   <si>
     <t>PDRUR</t>
   </si>
   <si>
     <t>Encaminhamento do Prêmio de Destaque Rural</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11792/1891.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11792/1891.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. EDUARDO SILVA DA COSTA FILHO, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>15940</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15940/6039.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15940/6039.pdf</t>
   </si>
   <si>
     <t>Indica a Sra. ALZIRA MARCHIORI COSTA SIMAS, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>15961</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15961/6060.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15961/6060.pdf</t>
   </si>
   <si>
     <t>Indica o sr. Joaquim Sérgio Lage, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>16173</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16173/6272.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16173/6272.pdf</t>
   </si>
   <si>
     <t>Indica o Srº José Farroco da Costa, para receber o Prêmio de Destaque Rural.</t>
   </si>
   <si>
     <t>12053</t>
   </si>
   <si>
     <t>PIXAV</t>
   </si>
   <si>
     <t>Prêmio Ivan Xavier</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/2152.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/2152.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. CIRO ROBERTO JUSTEN BACH JUNIOR para receber o Prêmio Ivan Xavier.</t>
   </si>
   <si>
     <t>12783</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12783/2882.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12783/2882.pdf</t>
   </si>
   <si>
     <t>Indica o Sr. José Francisco Firmino para receber o Prêmio Ivan Xavier.</t>
   </si>
   <si>
     <t>14704</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14704/4803.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14704/4803.pdf</t>
   </si>
   <si>
     <t>Indica a sr.ª Marcele Bruno Macedo para receber o Prêmio Ivan Xavier.</t>
   </si>
   <si>
     <t>14894</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14894/4993.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14894/4993.pdf</t>
   </si>
   <si>
     <t>Indica a Sr.ª Silvia Helena da Silva Ramos para receber o Prêmio Ivan Xavier.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4410,68 +4410,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13720/3819.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15725/5824.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10335/0435.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10336/0436.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10054/0154-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10056/156-.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11281/1380-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11542/1641-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/1640-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12132/2231.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12133/2232.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12134/2233.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12135/2234.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12138/2237.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/2240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/2242.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12145/2244.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12148/2247.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12150/2249.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12152/2251.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12333/2432-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12877/2976-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12879/2978-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12511/2610-.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12512/2611-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12196/2295-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15704/5803.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15705/5804.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10080/180-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10174/274-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11376/1475-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11678/1777-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11425/1524-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12128/2227-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13573/3672-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14629/4728-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15191/5290-.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15294/5393-.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15293/5392-.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15599/5698-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15598/5697-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15699/5798-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15707/5806-.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15714/5813-.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15715/5814-.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15716/5815-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15717/5816-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15295/5394-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15965/6064-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16413/6512-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/1849-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15014/5113.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14654/4753.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10044/0144.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10045/0145.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10046/0146.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10173/0273.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10342/0442.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10377/0476.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10938/1037.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10967/1066-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10969/1068-.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10970/1069-.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10972/1070-.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10971/1071-.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10973/1072-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10974/1073-.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10975/1074-.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10977/1076-.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11059/1158.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11060/1159.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11061/1160.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11062/1161.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11098/1197.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11099/1198.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11100/1199.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11101/1200.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11102/1201.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11103/1202.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11104/1203.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11105/1204.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11124/1223.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11125/1224.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11400/1499.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11401/1500.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11441/1540.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11467/1566.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11664/1763.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11666/1764.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11665/1765.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11692/1791.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11694/1793.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11714/1813-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/1854.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/1863.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11861/1960.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11902/2001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12344/2443.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12379/2478.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/2480.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12385/2484.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12423/2522.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/2609.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12925/3024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12926/3025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12941/3040.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12942/3041.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12943/3042.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13293/3392.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13341/3440.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13461/3560.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13462/3561.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13463/3562.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13464/3563.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13514/3613.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13520/3619.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13524/3623.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13525/3624.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13530/3629.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13531/3630.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13614/3713.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13621/3720.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13622/3721.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13686/3785.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13687/3786.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13831/3930.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13838/3937.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13850/3949.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13851/3950.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13912/4011.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14177/4276.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14224/4323.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14548/4647.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14549/4648.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14972/5071.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15135/5234.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15136/5235.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15137/5236.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15138/5237.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15145/5244.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15146/5245.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15147/5246.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15148/5247.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15149/5248.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15150/5249.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15152/5251.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15154/5253.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15155/5254.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15156/5255.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15158/5257.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15159/5258.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15160/5259.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15173/5272.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15174/5273.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15175/5274.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15176/5275.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15177/5276.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15178/5277.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15179/5278.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15180/5279.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15181/5280.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15182/5281.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15183/5282.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15184/5283.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15185/5284.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15186/5285.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15187/5286.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15265/5364.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15471/5570.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15561/5660.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15567/5666.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15595/5694.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15618/5717.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15646/5745.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15709/5808.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15858/5957.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15875/5974.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15951/6050.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15992/6091.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16061/6160.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16251/6350.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16252/6351.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16253/6352.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16254/6353.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16255/6354.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16256/6355.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16257/6356.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16258/6357.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16292/6391.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16455/6554.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16456/6555.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9929/0029.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10148/0248.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10168/0268.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10190/0290.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10279/0379.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10280/0380.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10319/0419.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10379/0478.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/1514.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11611/1710.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/1724.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11667/1766.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/1809.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11744/1843.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/1850.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/1851.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11926/2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11927/2026.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11933/2032.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11934/2033.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12396/2495.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10961/1060.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11644/1743.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12991/3090.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13258/3357.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13318/3417.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13320/3419.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/3428.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13943/4042.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14418/4517.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14501/4600.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14512/4611.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14699/4798.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10410/0509.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10169/0269.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10170/0270.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10171/0271.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10278/0378.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10393/0492.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10526/0625.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10605/0704.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10606/0705.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10607/0706.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10650/0749.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10651/0750.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10713/0812.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/2330.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12232/2331.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12917/3016.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13360/3459.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12481/2580.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/3138.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13358/3457.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13553/3652.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13955/4054.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14301/4400.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14357/4456.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14359/4458.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14370/4469.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14415/4514.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14563/4662.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14581/4680.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14585/4684.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14609/4708.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14626/4725.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14632/4731.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14642/4741.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14643/4742.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14645/4744.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12635/2734.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12731/2830.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13132/3231.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/3425.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13596/3695.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13656/3755.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13657/3756.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13658/3757.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13659/3758.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11812/1911.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12480/2579.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14302/4401.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14583/4682.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14584/4683.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14625/4724.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14985/5084.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15107/5206.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15262/5361.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15297/5396.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15298/5397.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15304/5403.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15316/5415.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15323/5422.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15721/5820.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15722/5821.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12859/2958.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13185/3284.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13215/3314.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13374/3473.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13453/3552.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13555/3654.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13664/3763.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13665/3764.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13668/3767.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13678/3777.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13690/3789.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14011/4110.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14686/4785.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14700/4799.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14735/4834.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11426/1525.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11460/1559.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11961/2060.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12948/3047.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12949/3048.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13032/3131.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/3136.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13038/3137.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13051/3150.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13052/3151.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13053/3152.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13070/3169.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13087/3186.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13092/3191.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13107/3206.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13108/3207.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13109/3208.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13110/3209.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13111/3210.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13554/3653.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14283/4382.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14936/5035.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14937/5036.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11793/1892.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11811/1910.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11847/1946-.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11848/1947.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/1966.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12077/2176.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12971/3070.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13155/3254.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13188/3287.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13261/3360.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13292/3391.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13357/3456.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13528/3627.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13529/3628.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13585/3684.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13653/3752.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13663/3762.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13666/3765.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13675/3774.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13676/3775.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13688/3787.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13689/3788.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13718/3817.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13719/3818.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13799/3898.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14008/4107.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14010/4109.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14311/4410.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14366/4465.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14712/4811.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14733/4832.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12245/2344.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12526/2625.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12606/2705.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/2752.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12736/2835.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12738/2837.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12757/2856.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12780/2879.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12916/3015.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13302/3401.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13281/3380.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13330/3429.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13512/3611.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13599/3698.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13608/3707.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13655/3754.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13677/3776.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14007/4106.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14531/4630.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15109/5208.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12479/2578.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13609/3708.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13654/3753.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13662/3761.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13866/3965.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11792/1891.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15940/6039.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15961/6060.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16173/6272.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/2152.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12783/2882.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14704/4803.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14894/4993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13720/3819.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15725/5824.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10335/0435.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10336/0436.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10054/0154-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10056/156-.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11281/1380-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11542/1641-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11541/1640-.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12132/2231.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12133/2232.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12134/2233.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12135/2234.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12138/2237.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12141/2240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12143/2242.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12145/2244.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12148/2247.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12150/2249.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12152/2251.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12333/2432-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12877/2976-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12879/2978-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12511/2610-.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12512/2611-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12196/2295-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15704/5803.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15705/5804.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10080/180-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10174/274-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11376/1475-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11678/1777-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11425/1524-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12128/2227-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13573/3672-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14629/4728-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15191/5290-.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15294/5393-.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15293/5392-.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15599/5698-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15598/5697-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15699/5798-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15707/5806-.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15714/5813-.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15715/5814-.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15716/5815-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15717/5816-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15295/5394-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15965/6064-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16413/6512-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11750/1849-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15014/5113.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14654/4753.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10044/0144.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10045/0145.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10046/0146.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10173/0273.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10342/0442.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10377/0476.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10938/1037.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10967/1066-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10969/1068-.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10970/1069-.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10972/1070-.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10971/1071-.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10973/1072-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10974/1073-.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10975/1074-.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10977/1076-.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11059/1158.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11060/1159.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11061/1160.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11062/1161.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11098/1197.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11099/1198.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11100/1199.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11101/1200.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11102/1201.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11103/1202.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11104/1203.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11105/1204.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11124/1223.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11125/1224.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11400/1499.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11401/1500.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11441/1540.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11467/1566.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11664/1763.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11666/1764.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11665/1765.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11692/1791.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11694/1793.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11714/1813-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11755/1854.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11764/1863.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11861/1960.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11902/2001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12344/2443.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12379/2478.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12381/2480.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12385/2484.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12423/2522.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12510/2609.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12925/3024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12926/3025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12941/3040.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12942/3041.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12943/3042.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13293/3392.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13341/3440.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13461/3560.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13462/3561.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13463/3562.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13464/3563.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13514/3613.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13520/3619.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13524/3623.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13525/3624.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13530/3629.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13531/3630.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13614/3713.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13621/3720.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13622/3721.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13686/3785.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13687/3786.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13831/3930.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13838/3937.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13850/3949.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13851/3950.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13912/4011.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14177/4276.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14224/4323.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14548/4647.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14549/4648.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14972/5071.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15135/5234.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15136/5235.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15137/5236.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15138/5237.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15145/5244.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15146/5245.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15147/5246.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15148/5247.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15149/5248.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15150/5249.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15152/5251.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15154/5253.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15155/5254.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15156/5255.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15158/5257.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15159/5258.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15160/5259.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15173/5272.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15174/5273.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15175/5274.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15176/5275.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15177/5276.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15178/5277.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15179/5278.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15180/5279.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15181/5280.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15182/5281.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15183/5282.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15184/5283.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15185/5284.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15186/5285.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15187/5286.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15265/5364.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15471/5570.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15561/5660.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15567/5666.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15595/5694.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15618/5717.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15646/5745.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15709/5808.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15858/5957.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15875/5974.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15951/6050.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15992/6091.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16061/6160.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16251/6350.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16252/6351.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16253/6352.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16254/6353.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16255/6354.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16256/6355.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16257/6356.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16258/6357.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16292/6391.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16455/6554.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16456/6555.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9929/0029.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10148/0248.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10168/0268.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10190/0290.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10279/0379.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10280/0380.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10319/0419.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10379/0478.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11415/1514.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11611/1710.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11625/1724.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11667/1766.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11710/1809.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11744/1843.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11751/1850.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11752/1851.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11926/2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11927/2026.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11933/2032.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11934/2033.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12396/2495.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10961/1060.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11644/1743.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12991/3090.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13258/3357.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13318/3417.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13320/3419.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13329/3428.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13943/4042.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14418/4517.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14501/4600.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14512/4611.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14699/4798.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10410/0509.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10169/0269.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10170/0270.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10171/0271.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10278/0378.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10393/0492.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10526/0625.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10605/0704.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10606/0705.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10607/0706.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10650/0749.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10651/0750.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10713/0812.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12231/2330.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12232/2331.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12917/3016.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13360/3459.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12481/2580.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13039/3138.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13358/3457.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13553/3652.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13955/4054.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14301/4400.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14357/4456.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14359/4458.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14370/4469.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14415/4514.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14563/4662.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14581/4680.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14585/4684.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14609/4708.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14626/4725.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14632/4731.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14642/4741.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14643/4742.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14645/4744.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12635/2734.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12731/2830.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13132/3231.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13326/3425.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13596/3695.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13656/3755.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13657/3756.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13658/3757.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13659/3758.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11812/1911.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12480/2579.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14302/4401.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14583/4682.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14584/4683.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14625/4724.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14985/5084.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15107/5206.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15262/5361.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15297/5396.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15298/5397.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15304/5403.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15316/5415.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15323/5422.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15721/5820.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15722/5821.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12859/2958.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13185/3284.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13215/3314.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13374/3473.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13453/3552.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13555/3654.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13664/3763.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13665/3764.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13668/3767.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13678/3777.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13690/3789.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14011/4110.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14686/4785.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14700/4799.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14735/4834.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11426/1525.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11460/1559.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11961/2060.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12948/3047.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12949/3048.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13032/3131.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13037/3136.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13038/3137.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13051/3150.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13052/3151.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13053/3152.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13070/3169.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13087/3186.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13092/3191.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13107/3206.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13108/3207.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13109/3208.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13110/3209.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13111/3210.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13554/3653.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14283/4382.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14936/5035.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14937/5036.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11793/1892.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11811/1910.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11847/1946-.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11848/1947.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11867/1966.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12077/2176.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12971/3070.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13155/3254.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13188/3287.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13261/3360.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13292/3391.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13357/3456.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13528/3627.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13529/3628.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13585/3684.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13653/3752.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13663/3762.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13666/3765.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13675/3774.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13676/3775.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13688/3787.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13689/3788.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13718/3817.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13719/3818.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13799/3898.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14008/4107.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14010/4109.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14311/4410.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14366/4465.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14712/4811.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14733/4832.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12245/2344.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12526/2625.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12606/2705.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12653/2752.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12736/2835.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12738/2837.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12757/2856.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12780/2879.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12916/3015.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13302/3401.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13281/3380.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13330/3429.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13512/3611.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13599/3698.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13608/3707.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13655/3754.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13677/3776.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14007/4106.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14531/4630.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15109/5208.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12479/2578.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13609/3708.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13654/3753.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13662/3761.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13866/3965.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11792/1891.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15940/6039.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15961/6060.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16173/6272.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12053/2152.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12783/2882.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14704/4803.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14894/4993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H388"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="169.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>