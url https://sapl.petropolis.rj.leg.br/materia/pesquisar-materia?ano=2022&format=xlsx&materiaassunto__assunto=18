--- v0 (2026-02-04)
+++ v1 (2026-03-31)
@@ -54,405 +54,405 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10063</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Fred Procópio, Hingo Hammes, Marcelo Chitão, Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10063/163-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10063/163-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de testes de glicemia bem como a inclusão de alimentação dirigida para os alunos diabéticos intolerantes à lactose celíacos na merenda das escolas e creches da rede pública de ensino do Município de Petrópolis.</t>
   </si>
   <si>
     <t>10197</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10197/0297.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10197/0297.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DO CARDÁPIO DA MERENDA ESCOLAR, NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12732</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12732/2831.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12732/2831.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Conceder o Auxilio Refeição em pecúnia para os agentes comunitários de saúde e de endemias do Município de Petrópolis e da outras providências.</t>
   </si>
   <si>
     <t>13098</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Polo Gastronômico do Valparaíso no Município de Petrópolis.</t>
   </si>
   <si>
     <t>15473</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15473/5572.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15473/5572.pdf</t>
   </si>
   <si>
     <t>Institui o "Fundo Municipal de Combate à Fome', no âmbito do Município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>16506</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16506/6602.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16506/6602.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Petrópolis o "Dia Municipal do Veganismo" e a "Semana Municipal da Consciência Vegana"</t>
   </si>
   <si>
     <t>9974</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9974/0074.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9974/0074.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que disponha sobre a criação do PROGRAMA DE AQUISIÇÃO DE ALIMENTOS MUNICIPAL, no âmbito do Município de Petrópolis para incentivar a agricultura familiar, urbana e periurbana local e promover o acesso à alimentação às pessoas em situação de insegurança alimentar.</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação do Programa Leite em Casa, para distribuição de leite aos alunos da rede municipal em risco ou insegurança alimentar, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10957/1056.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10957/1056.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação e instalação de bancas de economia solidária no bairro Araras, localizado na Estrada Bernardo Coutinho e da outras providências.</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10959/1058.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10959/1058.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação e instalação de bancas de economia solidária no bairro Corrêas, na praça Luiz Furtado da Rosa, Corrêas.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10999/1098.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10999/1098.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação e instalação de bancas de economia solidária no bairro nogueira, localizado na Rua Braz Rossi.</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11375/1474.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11375/1474.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA QUE INSTITUI AUXÍLIO ALIMENTAÇÃO AOS PACIENTES EM TRATAMENTO DE SAÚDE FORA DO DOMICÍLIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11538</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao executivo municipal que sejam realizados estudos sócioeconômicos e financeiros para avaliar a possibilidade da instalação de um restaurante popular no Alto da Serra.</t>
   </si>
   <si>
     <t>11696</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11696/1795.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11696/1795.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de norma que possibilite ao Município o desenvolvimento de aplicativo de delivery</t>
   </si>
   <si>
     <t>11964</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11964/2063.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11964/2063.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que autorize o fornecimento da merenda escolar durante o período de férias ou recesso escolar aos alunos da rede pública municipal de ensino, conforme anteprojeto a seguir.</t>
   </si>
   <si>
     <t>15876</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15876/5975.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15876/5975.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que dispõe sobre a divulgação do cardápio da merenda escolar, no âmbito do município de Petrópolis e dá outras providências, conforme anteprojeto a seguir:</t>
   </si>
   <si>
     <t>9959</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9959/0059.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9959/0059.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de preparo de uma leira para compostagem na parte de cima da horta comunitária localizada na altura do n 1272 da Estrada Nossa Senhora da Glória Bairro da Glória próximo ao Bar da Paula e Cida atrás da quadra de futebol, Corrêas</t>
   </si>
   <si>
     <t>10002</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10002/0102.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10002/0102.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da volta do Programa Cesta Cheia Família Feliz.</t>
   </si>
   <si>
     <t>10009</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10009/0109.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10009/0109.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação do programa cesta cheia família feliz para atender o Bairro de Nogueira.</t>
   </si>
   <si>
     <t>10010</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10010/0110.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10010/0110.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação do programa cesta cheia família feliz para atender o Bairro de Araras.</t>
   </si>
   <si>
     <t>10076</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10076/0176.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10076/0176.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de priorizar a compra de produtos dos agricultores familiares do Município quando da retomada do Programa Cesta Cheia, Família Feliz.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10527/0626.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10527/0626.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que o cartão merenda certa seja mantido até que haja uma decisão definitiva sobre o retorno das aulas 100% presenciais.</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11005/1104.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11005/1104.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação de Feira de Economia Popular Solidária no bairro Cascatinha.</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>Eduardo do Blog, Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11020/1119.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11020/1119.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXECUTIVO MUNICIPAL A NECESSIDADE DE UTILIZAÇÃO DO VALOR DE R$ 2.728.317,80, ECONOMIZADO PELA CÂMARA MUNICIPAL NO EXERCÍCIO DE 2021, QUE SERÁ DEVOLVIDO AO PODER EXECUTIVO, PARA A MANUTENÇÃO DO PROGRAMA MERENDA CERTA.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de direcionamento de benefícios assistenciais, em especial as cestas básicas, para a população e segmentos indiretamente afetados pelas tragédias de 2022.</t>
   </si>
   <si>
     <t>13480</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13480/3579.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13480/3579.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retomada do fornecimento de cestas básicas aos trabalhadores coveiros do cemitério municipal de Petrópolis.</t>
   </si>
   <si>
     <t>13767</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13767/3866.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13767/3866.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de garantir a segurança alimentar e nutricional dos vendedores ambulantes do Município de Petrópolis por meio da distribuição de cartões magnético creditados com valores suficientes para tanto.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -759,68 +759,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10063/163-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10197/0297.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12732/2831.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15473/5572.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16506/6602.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9974/0074.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10957/1056.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10959/1058.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10999/1098.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11375/1474.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11696/1795.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11964/2063.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15876/5975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9959/0059.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10002/0102.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10009/0109.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10010/0110.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10076/0176.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10527/0626.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11005/1104.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11020/1119.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13480/3579.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13767/3866.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10063/163-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10197/0297.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12732/2831.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15473/5572.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16506/6602.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9974/0074.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10957/1056.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10959/1058.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10999/1098.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11375/1474.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11696/1795.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11964/2063.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15876/5975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9959/0059.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10002/0102.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10009/0109.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10010/0110.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10076/0176.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10527/0626.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11005/1104.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11020/1119.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13480/3579.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13767/3866.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>