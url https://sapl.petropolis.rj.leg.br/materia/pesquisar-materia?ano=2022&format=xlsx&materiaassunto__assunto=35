--- v0 (2026-02-04)
+++ v1 (2026-03-30)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13098</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Polo Gastronômico do Valparaíso no Município de Petrópolis.</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14000/4099.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14000/4099.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS O DIA DO CIRCUITO MUNICIPAL DE MUSEUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15167</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15167/5266.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15167/5266.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o turismo pedagógico nas escolas da rede pública municipal de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Domingos Protetor, Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11483/1582-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11483/1582-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de projeto de lei a esta casa legislativa que inclua entre as atribuições da ASCOM plano de publicidade para divulgação dos polos de moda do Bingen e Rua Teresa.</t>
   </si>
   <si>
     <t>11712</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/1811.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/1811.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que garanta incentivos fiscais a patrocinadores de eventos de fomento aos polos de moda do Bingen e Rua Teresa.</t>
   </si>
   <si>
     <t>13837</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13837/3936.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13837/3936.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DE UMA AGÊNCIA DE FOMENTO AO TURISMO NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>14394</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14394/4493.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14394/4493.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de norma que determine a restauração das placas informativas deterioradas dos pontos turísticos do município de Petrópolis.</t>
   </si>
   <si>
     <t>15835</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15835/5934.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15835/5934.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que inclua passeios culturais e turísticos para as pessoas idosas, participantes do Serviço de Convivência e Fortalecimento de Vínculos ofertas pelos Centros de Referência de Assistência Social (CRAS) no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10803/0902.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10803/0902.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de inserir o Coreto da Mosela, situado na Praça Frei Aniceto Kroker, no circuito cultural e turístico de Petrópolis.</t>
   </si>
   <si>
     <t>11287</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11287/1386.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11287/1386.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de interceder juntamente a Companhia Petropolitana de Trânsito e Transportes - CPTRANS a confecção de placas de informações ostensivas que indiquem o polo de modas, moveleiro, restaurantes, hotéis, pousadas e comércio em geral localizados no bairro Bingen.</t>
   </si>
   <si>
     <t>11288</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11288/1387.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11288/1387.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construção de um centro de informações turísticas com sede na Rua. Paulo Hervê, próximo aos shopping Badia e Serra Verde, localizado no bairro Bingen.</t>
   </si>
   <si>
     <t>11703</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11703/1802.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11703/1802.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de placas próximo às entradas do Município de Petrópolis, no Bingen e no Quitandinha, sinalizando a via que leva ao polo de modas do Bingen.</t>
   </si>
   <si>
     <t>12508</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12508/2607.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12508/2607.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de inclusão de atividades da Bauernfest no polo comercial do Bingen.</t>
   </si>
   <si>
     <t>13091</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13091/3190.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13091/3190.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de renovação das placas indicativas para o Circuito de Turismo Rural do Brejal, distrito da Posse.</t>
   </si>
   <si>
     <t>13788</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13788/3887.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13788/3887.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de inclusão permanente da Rua Teresa no circuito turístico da Bauernfest Petrópolis, com instalação de uma barraca de informações relativas à festa e folders com divulgação dos pontos turísticos da cidade. E ainda, a disponibilização transporte gratuito para o público que estiver na Bauernfest e queira conhecer ou fazer compras na Rua Teresa e vice versa (translado). Além disso montar uma vila gastronômica com comidas típicas e decoração especial nas lojas.</t>
   </si>
   <si>
     <t>13789</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13789/3888.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13789/3888.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de um ponto de embarque aos veículos turísticos na Rua Teresa, de modo que se propicie mais conforto e uma melhor experiência aos turistas que visitam a cidade.</t>
   </si>
   <si>
     <t>14012</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14012/4111.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14012/4111.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de inclusão de atividades da Bauernfest no quarto e quinto distritos de Petrópolis.</t>
   </si>
   <si>
     <t>14103</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14103/4202.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14103/4202.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de um centro de informações turísticas em um trailer na Praça José Lima, em Secretário, 4º Distrito.</t>
   </si>
   <si>
     <t>15589</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15589/5688.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15589/5688.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construir uma estrutura turística, com infra-estrutura básica com praça, banheiros e abrigo, para atender os visitantes da Rampa Municipal de Voo livre, localizada no Parque São Vicente, no bairro Quitandinha.</t>
   </si>
   <si>
     <t>15590</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15590/5689.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15590/5689.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construir uma estrutura turística, com infraestrutura básica com praça, banheiros e abrigo, para atender os visitantes da Rampa de Voo Livre da Siméria, localizada na Rua Manoel Francisco de Paula, bairro Siméria.</t>
   </si>
   <si>
     <t>15594</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15594/5693.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15594/5693.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de um Centro de Informação Turística na Praça José Rodrigues Lima, distrito de Pedro do Rio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -684,68 +684,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14000/4099.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15167/5266.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11483/1582-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/1811.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13837/3936.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14394/4493.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15835/5934.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10803/0902.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11287/1386.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11288/1387.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11703/1802.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12508/2607.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13091/3190.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13788/3887.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13789/3888.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14012/4111.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14103/4202.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15589/5688.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15590/5689.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15594/5693.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13098/3197.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14000/4099.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15167/5266.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11483/1582-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11712/1811.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13837/3936.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14394/4493.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15835/5934.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10803/0902.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11287/1386.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11288/1387.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11703/1802.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12508/2607.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13091/3190.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13788/3887.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13789/3888.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14012/4111.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14103/4202.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15589/5688.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15590/5689.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15594/5693.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>