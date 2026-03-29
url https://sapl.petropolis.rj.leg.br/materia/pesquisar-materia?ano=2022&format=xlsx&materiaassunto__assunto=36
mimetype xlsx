--- v0 (2025-12-19)
+++ v1 (2026-03-29)
@@ -54,408 +54,408 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11113</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11113/1212.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11113/1212.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Petrópolis a instituir o "Auxílio Emergencial Petrópolis" para as vítimas da tragédia de fevereiro de 2022.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/1584-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/1584-.pdf</t>
   </si>
   <si>
     <t>Cria no Município de Petrópolis o Núcleo Municipal de Atendimento às Famílias Enlutadas e dá outras providências.</t>
   </si>
   <si>
     <t>11723</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Hingo Hammes, Domingos Protetor, Fred Procópio, Júnior Coruja, Júnior Paixão, Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11723/1822.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11723/1822.pdf</t>
   </si>
   <si>
     <t>Regulamenta os Benefícios Eventuais da Assistência Social no âmbito do Município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>11881</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11881/1980.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11881/1980.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE AUXÍLIO EMERGENCIAL, O AUXÍLIO-PETRÓPOLIS, PARA ATENDIMENTO ÀS FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE ECONÔMICA E SOCIAL NO TERRITÓRIO DO MUNICÍPIO DE PETRÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11962</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11962/2061.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11962/2061.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS AÇÕES NECESSÁRIAS PARA QUE TODAS AS FAMÍLIAS INSCRITAS NO CADÚNICO DO MUNICÍPIO TENHAM ACESSO A TARIFA SOCIAL SOBRE OS SERVIÇOS PÚBLICOS DE ABASTECIMENTO DE ÁGUA E ESGOTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9973</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9973/0073.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9973/0073.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que disponha sobre a criação do PROGRAMA REFORMA SOLIDÁRIA, no âmbito do Município de Petrópolis com objetivo de apoiar a ampliação ou a reforma de unidades habitacionais de famílias de baixa renda.</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a criação do Programa Leite em Casa, para distribuição de leite aos alunos da rede municipal em risco ou insegurança alimentar, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11116/1215.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11116/1215.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa, para a criação do "Programa Auxílio Moradia", incluindo na lista de beneficiários do aluguel social os moradores que eram locatários de casas atingidas ou interditadas com as chuvas de 2022 nos limites e casos que especifica.</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11134/1233.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11134/1233.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de edição de norma equiparando os valores do benefício de aluguel social recebido nos termos da Lei municipal nº 7.681/2018 com o das vítimas da tragédia de fevereiro de 2022.</t>
   </si>
   <si>
     <t>11353</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Yuri Moura, Domingos Protetor, Eduardo do Blog, Júnior Coruja, Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11353/1452.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11353/1452.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE EDIÇÃO DE UM DECRETO ACRESCENTANDO PARÁGRAFO ÚNICO AO ARTIGO 3º DO DECRETO MUNICIPAL Nº 041 DE 24 DE FEVEREIRO DE 2022, DE MODO A DISPOR SOBRE A CRIAÇÃO DE UMA PLATAFORMA DE ACOMPANHAMENTO COM O STATUS DO PEDIDO DE ALUGUEL SOCIAL.</t>
   </si>
   <si>
     <t>11713</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/1812.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/1812.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo a necessidade de Regulamentar os Benefícios Eventuais da Assistência Social no âmbito do Município de Petrópolis e dá outras providências</t>
   </si>
   <si>
     <t>12049</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12049/2148.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12049/2148.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UM CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL CRAS, NO CONJUNTO HABITACIONAL SANTA EDWIRGES, VILA RICA.</t>
   </si>
   <si>
     <t>12974</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12974/3073.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12974/3073.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa para instituir Programa de Capacitação e Fortalecimento ao setor da Agricultura Comunitária, capitaneado pelo Poder Executivo, através do Departamento de Agricultura da Secretaria de Desenvolvimento Econômico e da Secretaria de Assistência Social.</t>
   </si>
   <si>
     <t>14022</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14022/4121.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14022/4121.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre as ações necessárias para que todas as famílias inscritas no cadúnico do município tenham acesso a tarifa social sobre os serviços públicos de abastecimento de água, no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>14906</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14906/5005.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14906/5005.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À SECRETARIA DE ASSISTÊNCIA SOCIAL SOBRE A CENTRAL DE INTÉRPRETE DE LIBRAS E SOBRE OS RECURSOS DESTINADOS A MESMA.</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11123/1222.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11123/1222.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de contratação emergencial de psicólogos para os pontos de apoio destinados às vítimas das chuvas.</t>
   </si>
   <si>
     <t>11261</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11261/1360.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11261/1360.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de interceder juntamente a secretaria de assistência social a necessidade de acompanhamento e acolhimento em toda a extensão das áreas atingidas por alagamentos nos bairros de Corrêas e Nogueira. Cito toda área afetada como toda extensão da Estrada Mineira, Olaria, Praça de Nogueira, Vila Epitácio, BNH de Corrêas, Prado e todas regiões afetadas as margens do Rio Piabanha.</t>
   </si>
   <si>
     <t>11412</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/1511.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/1511.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de circulação de carro de som, pelas áreas do Município atingidas pela tragédia, informando a população acerca de cuidados preventivos, das medidas que vem sendo implementadas e dos programas assistenciais ofertados.</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DO APOIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL PARA PROMOVER A VISTORIA DO IMÓVEL SITUADO À RUA URUGUAI, 716 - BAIRRO QUITANDINHA.</t>
   </si>
   <si>
     <t>11571</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11571/1670.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11571/1670.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade da instalação de um PONTO DE APOIO na estrutura da Escola Municipal Geraldo Ventura Dias situada na Estr. Velha da Estrela -Alto da Serra - Meio da Serra.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de direcionamento de benefícios assistenciais, em especial as cestas básicas, para a população e segmentos indiretamente afetados pelas tragédias de 2022.</t>
   </si>
   <si>
     <t>11725</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11725/1824.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11725/1824.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de reajuste dos valores referentes ao pagamento da bolsa auxilio, para os estagiários dos cursos de pegadagogia e psicologia.</t>
   </si>
   <si>
     <t>11729</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11729/1828.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11729/1828.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atendimento psicológico a todas as pessoas que se encontram desabrigadas.</t>
   </si>
   <si>
     <t>13482</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13482/3581.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13482/3581.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implementação do CRAS Volante, no Município de Petrópolis.</t>
   </si>
   <si>
     <t>13924</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13924/4023.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13924/4023.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que se determine a instalação de CRAS no bairro Carangola.</t>
   </si>
   <si>
     <t>15047</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15047/5146.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15047/5146.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação de um Centro de Referência de Assistência Social (CRAS), para o Bairro Bingen.</t>
   </si>
   <si>
     <t>15116</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15116/5215.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15116/5215.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de Implantação do Serviço de Convivência e Fortalecimento de Vínculos Familiares (SCFV), pela Secretaria de Assistência Social na Comunidade Quilombola da Tapera, no Vale da Boa Esperança, Itaipava - Petrópolis/RJ.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -762,68 +762,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11113/1212.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/1584-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11723/1822.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11881/1980.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11962/2061.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9973/0073.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11116/1215.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11134/1233.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11353/1452.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/1812.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12049/2148.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12974/3073.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14022/4121.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14906/5005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11123/1222.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11261/1360.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/1511.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11571/1670.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11725/1824.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11729/1828.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13482/3581.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13924/4023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15047/5146.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15116/5215.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11113/1212.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11485/1584-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11723/1822.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11881/1980.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11962/2061.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9973/0073.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9978/0078.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11116/1215.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11134/1233.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11353/1452.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11713/1812.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12049/2148.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12974/3073.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14022/4121.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14906/5005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11123/1222.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11261/1360.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11412/1511.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11571/1670.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11650/1749.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11725/1824.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11729/1828.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13482/3581.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13924/4023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15047/5146.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15116/5215.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="81.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>