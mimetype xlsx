--- v0 (2025-12-18)
+++ v1 (2026-03-31)
@@ -54,354 +54,354 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9984</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9984/0084.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9984/0084.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DOS TERMOS DA LEI FEDERAL Nº 12.845 DE 1 DE AGOSTO DE 2013 NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS-RJ.</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10043/0143.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10043/0143.pdf</t>
   </si>
   <si>
     <t>DESTINA 5% (CINCO POR CENTO) DO TOTAL DE MORADIAS POPULARES DE PROGRAMAS HABITACIONAIS PÚBLICOS ÀS VÍTIMAS DE VIOLÊNCIA CONTRA A MULHER, CONFORME PREVISÃO NA LEI Nº 11.340, DE 07 DE AGOSTO DE 2006, LEI MARIA DA PENHA, E ÀS OFENDIDAS POR TENTATIVA DE CRIME DE FEMINICÍDIO, CONSTRUÍDAS OU VIA CONVÊNIOS CELEBRADOS PELA PREFEITURA MUNICIPAL DE PETRÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10299</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10299/0399.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10299/0399.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE EMPODERAMENTO DA MULHER, NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>10302</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10302/0402.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10302/0402.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS O PROGRAMA "TEM SAÍDA" DESTINADO AO APOIO ÀS MULHERES EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA E FAMILIAR.</t>
   </si>
   <si>
     <t>10382</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Hingo Hammes, Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10382/0481-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10382/0481-.pdf</t>
   </si>
   <si>
     <t>Fica assegurado às mulheres o direito a ter acompanhante pessoa de sua livre escolha nas consultas e exames inclusive os ginecológicos nos estabelecimentos públicos e privados de saúde do Município de Petrópolis.</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10983/1082.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10983/1082.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DA MULHER" NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS, REVOGANDO A LEI MUNICIPAL Nº 6.404/2006.</t>
   </si>
   <si>
     <t>12897</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12897/2996.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12897/2996.pdf</t>
   </si>
   <si>
     <t>Fica instituído o Programa Municipal de Enfrentamento ao Feminicídio.</t>
   </si>
   <si>
     <t>12922</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12922/3021.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12922/3021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CADERNETA DA MULHER VÍTIMA DE VIOLÊNCIA NO SISTEMA MUNICIPAL DE SAÚDE NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>14114</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14114/4213.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14114/4213.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Mulher empreendedora e o Projeto Lidera Mulher.</t>
   </si>
   <si>
     <t>14304</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14304/4403.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14304/4403.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa Municipal de Assistência Psicológica às Vítimas de Violência Doméstica e Familiar no Município de Petrópolis.</t>
   </si>
   <si>
     <t>14305</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14305/4404.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14305/4404.pdf</t>
   </si>
   <si>
     <t>CRIA O SELO DE RESPONSABILIDADE SOCIAL "PARCEIROS DAS MULHERES" CERTIFICANDO EMPRESAS QUE PRIORIZAM A CONTRATAÇÃO DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA.</t>
   </si>
   <si>
     <t>14467</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14467/4566.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14467/4566.pdf</t>
   </si>
   <si>
     <t>ESTIPULA SANÇÕES PARA INDIVÍDUOS QUE COMETAM ASSÉDIO CONTRA AS MULHERES OU QUE AS EXPONHAM PUBLICAMENTE AO CONSTRANGIMENTO.</t>
   </si>
   <si>
     <t>14516</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14516/4615.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14516/4615.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 7.106 de 17.10.2013, que institui o Dia Municipal do Laço Branco, pela mobilização dos homens pelo fim da violência contra as mulheres.</t>
   </si>
   <si>
     <t>15004</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15004/5103.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15004/5103.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS O PROGRAMA MUNICIPAL "CÓDIGO SINAL VERMELHO" COMO FORMA DE PROTEÇÃO ÀS MULHERES EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA E FAMILIAR</t>
   </si>
   <si>
     <t>15163</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15163/5262.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15163/5262.pdf</t>
   </si>
   <si>
     <t>Garante o direito das mães de amamentarem seus filhos durante a realização de concursos públicos na administração pública municipal direta e indireta.</t>
   </si>
   <si>
     <t>16420</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16420/6519.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16420/6519.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE MEDIDAS QUE ASSEGURAM OS DIREITOS DAS MULHERES NOS CASOS DE PERDA GESTACIONAL NATIMORTO E PERDA NEONATAL NOS SERVIÇOS PÚBLICOS E PRIVADOS DE SAÚDE CONTRATADOS OU CONVENIADOS QUE INTEGRAM O SISTEMA ÚNICO DE SAÚDE - SUS.</t>
   </si>
   <si>
     <t>10384</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10384/483-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10384/483-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa do Cartão Mulher Petrópolis que concede auxílio financeiro para mulheres em situação de violência doméstica e vulnerabilidade social atendidas pela rede de enfrentamento à violência.</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11420/1519.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11420/1519.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que altere a Lei Municipal n.º 7.824, de 01 de agosto de 2019, que dispõe sobre o Fundo Municipal de Segurança Pública, para incluir as ações de acompanhamento e atendimento às mulheres vítimas de violência doméstica e familiar no Município de Petrópolis previstas na Lei Municipal n.º 7.836, de 05 de setembro de 2019.</t>
   </si>
   <si>
     <t>11078</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11078/1177.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11078/1177.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estabelecer uma parceria com o Governo do Estado do Rio de Janeiro para a implantação do Programa Desenvolve Mulher-Renda Melhor no âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>11286</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11286/1385.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11286/1385.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de interlocução com o Tribunal de Justiça do Rio de Janeiro para que o aplicativo "Maria da Penha Virtual" abarque os Juizados Especializados do Município de Petrópolis.</t>
   </si>
   <si>
     <t>11732</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11732/1831.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11732/1831.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a elaboração de parceria com o Governo do Estado, para a implantação de uma unidade da Delegacia da Mulher em Petrópolis.</t>
   </si>
   <si>
     <t>15277</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15277/5376.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15277/5376.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação do Programa de Saúde da Mulher na Unidade Básica de Saúde, no bairro Independência.</t>
   </si>
   <si>
     <t>12430</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>EMEMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12430/2529.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12430/2529.pdf</t>
   </si>
   <si>
     <t>FICA ALTERADO O ART. 2º DO PROJETO DE LEI Nº 0481/2022, QUE ASSEGURA ÀS MULHERES O DIREITO A TER ACOMPANHANTE PESSOA DE SUA LIVRE ESCOLHA NAS CONSULTAS E EXAMES INCLUSIVE OS GINECOLÓGICOS NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE SAÚDE DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -708,68 +708,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9984/0084.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10043/0143.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10299/0399.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10302/0402.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10382/0481-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10983/1082.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12897/2996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12922/3021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14114/4213.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14304/4403.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14305/4404.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14467/4566.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14516/4615.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15004/5103.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15163/5262.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16420/6519.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10384/483-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11420/1519.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11078/1177.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11286/1385.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11732/1831.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15277/5376.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12430/2529.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9984/0084.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10043/0143.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10299/0399.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10302/0402.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10382/0481-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10983/1082.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12897/2996.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12922/3021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14114/4213.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14304/4403.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14305/4404.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14467/4566.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14516/4615.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15004/5103.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15163/5262.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16420/6519.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10384/483-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11420/1519.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11078/1177.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11286/1385.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11732/1831.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15277/5376.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12430/2529.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>