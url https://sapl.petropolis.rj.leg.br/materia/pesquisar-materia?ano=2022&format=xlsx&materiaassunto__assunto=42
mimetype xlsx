--- v0 (2025-10-18)
+++ v1 (2026-03-30)
@@ -54,1677 +54,1677 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11671</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11671/1770.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11671/1770.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICAÇÃO DOS LAUDOS TÉCNICOS DE VISTORIAS EM VIAS PÚBLICAS NO PORTAL DA TRANSPARÊNCIA DA PREFEITURA MUNICIPAL DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10191/0291.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10191/0291.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE ESTUDOS TÉCNICOS E POSTERIOR ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA QUE CRIE O PLANO DIRETOR DE DRENAGEM NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>11865</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11865/1964.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11865/1964.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal Informações, junto a Defesa Civil do município de Petrópolis, referentes a vistoria técnica nos bairros em razão das chuvas do dia 15/02/2022 e 20/03/2022.</t>
   </si>
   <si>
     <t>16096</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16096/6195.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16096/6195.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal informações sobre vistoria em árvores da Rua Primeiro de Maio, bairro Chácara Flora.</t>
   </si>
   <si>
     <t>9945</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9945/0045.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9945/0045.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma equipe técnica para avaliar e tomar providências para o conserto da escada, na Rua Coronel Veiga nº 2024, na altura da casa 50, é a primeira casa da escada, no Bairro: Valparaiso - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>9955</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9955/0055.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9955/0055.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo para criação de um cronograma para limpeza e desassoreamento da represa localizada na altura do n 1272 da Estrada Nossa Senhora da Glória Bairro da Glória próximo ao Bar da Paula e Cida atrás da quadra de futebol, Corrêas.</t>
   </si>
   <si>
     <t>10041</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10041/0141.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10041/0141.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico para a viabilidade da instalação de vagas específicas para motocicletas ao longo da Rua Nelson de Sá Earp, Centro.</t>
   </si>
   <si>
     <t>10153</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10153/0253.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10153/0253.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico para a reforma da servidão Raul Malaquias, na Rua Professora Hercília Moret, localizado no bairro Alto da Serra.</t>
   </si>
   <si>
     <t>10158</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10158/0258.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10158/0258.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria técnica em um deslizamento de terra na Estrada do Ribeirão Grande, próximo ao número 2002, Itaipava.</t>
   </si>
   <si>
     <t>10204</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10204/0304.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10204/0304.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do envio de uma equipe técnica para vistoriar o barranco que está cedendo na Rua Paulo Roberto Figueira Servidão Apolônio Alberto Cayper n 809 referência Bar da Nilza localizado no bairro Chácara Flora.</t>
   </si>
   <si>
     <t>10229</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10229/0329.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10229/0329.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de uma equipe técnica para avaliar e providenciar o conserto de um afundamento da calçada da rua Pedro Ivo nº 05, bairro: Morin - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>10245</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10245/0345.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10245/0345.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma equipe técnica para avaliar e providenciar o conserto de um afundamento da calçada na Rua Doutor João Barcelos nº 211, Bairro: Itamarati - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>10247</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10247/0347.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10247/0347.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico, a fim de ser realizada uma vistoria para viabilidade de criação de uma via alternativa na Estrada União e Indústria - Retiro.</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10307/0407.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10307/0407.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do envio de uma equipe técnica, para vistorias o deslizamento que ocorreu na escadaria que liga a Rua Silva Jardim a Rua Dr. Hélio Bittencourt.</t>
   </si>
   <si>
     <t>10323</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10323/0423.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10323/0423.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade que encaminhe um técnico para avaliar as condições de corte de árvores ou poda (URGENTE), na Rua Som das Águas, Ponte Funda, Bairro Vale das Videiras, Araras.</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10325/0425.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10325/0425.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade que encaminhe um técnico para avaliar as condições de corte de árvores ou poda, na Cachoeira da Ponte, Bairro Vale das Videiras, Araras.</t>
   </si>
   <si>
     <t>10351</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10351/0450.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10351/0450.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja enviada uma equipe técnica para avaliação e conserto de vazamento de água na Rua João Moreira, Sítio do Pica-Pau, n°25 - Dr. Thouzet, bairro Quitandinha.</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10352/0451.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10352/0451.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que seja realizado um estudo técnico a fim de ser instalado um quebra molas na Rua Juvenal Amaral na altura do n°15, localizado no bairro Chácara Flora.</t>
   </si>
   <si>
     <t>10612</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10612/0711.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10612/0711.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de uma equipe técnica para avaliar e providenciar o conserto de um afundamento da rua, localizada na Rua Irmãos D´Angelo nº 11, bairro: Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10732/0831.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10732/0831.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvore na Creche Recrear, Rua Divino Espírito Santo, nº 377, bairro Carangola.</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10756/0855.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10756/0855.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo de viabilidade para execução de sistema de escoamento de águas pluviais na Servidão Carlos Mussel Jeronymo, Bairro Caxambú, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10787/0886.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10787/0886.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma vistoria para possível corte de árvore, localizada próximo ao número 1.980, na Estrada da Independência, Quarteirão Italiano - Independência.</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10788/0887.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10788/0887.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma vistoria para possível corte e/ou poda de árvores, localizadas próximo ao número 733, na Rua Dr. Sá Earp - Morin.</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10792/0891.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10792/0891.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria no Centro de Cidadania Desembargador Jorge Loretti, situado a Estrada União e Indústria, 11860, Itaipava - Petrópolis/RJ, a fim de realizar obra para implementar sistema de escoamento de águas pluviais em alguns pontos já identificados pela Coordenadoria.</t>
   </si>
   <si>
     <t>10838</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10838/0937.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10838/0937.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de um estudo técnico para a viabilidade da instalação de uma faixa de pedestres, na Estrada União e Indústria, altura do nº14.900 - Itaipava.</t>
   </si>
   <si>
     <t>10855</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10855/0954.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10855/0954.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar estudo de viabilidade com o objetivo de implementar infraestrutura para escoamento de águas pluviais no Centro Comercial da Praça Clementina de Jesus, Centro - Petrópolis/RJ, Cep: 25620-120.</t>
   </si>
   <si>
     <t>10894</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10894/0993.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10894/0993.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo e analise "URGENTE", visando melhoria e desentupimento do sistema de captação de águas pluviais em toda extensão da Rua Oswero Carmo Vilaça e suas servidões inominadas, no bairro Alto da Serra.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10946/1045.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10946/1045.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de um estudo técnico com a maior brevidade possível, para a viabilidade da instalação de uma faixa de pedestres, na Estrada União e Indústria, altura do número 14.900 - Itaipava.</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11002/1101.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11002/1101.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de solicitar o envio de uma equipe técnica para avaliação de reforma do Posto de Saúde Castelo São Manoel Rua João Amâncio de Souza Coutinho n° 436 bairro Corrêas.</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11028/1127.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11028/1127.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria em árvores, para poda, em toda a extensão da Estrada do Bonfim, bairro Corrêas.</t>
   </si>
   <si>
     <t>11176</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11176/1275.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11176/1275.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização geotécnica, para se entender a real situação das encostas nas quais se encontram tais moradias irregulares no Município de Petrópolis.</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11255/1354.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11255/1354.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de vistoria técnica em toda a extensão das áreas atingidas por alagamentos nos bairros de Corrêas e Nogueira, cito toda área afetada como toda extensão da Estrada Mineira, Olaria, Praça de Corrêas, Nogueira, Vila Epitácio, BNH de Corrêas, Prado e toda região afetada as margens do Rio Piabanha.</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11282/1381.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11282/1381.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em um buraco na Vila Vasconcelos, localizado no bairro Sargento Boening.</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11437/1536.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11437/1536.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com estudo de viabilidade técnica para a instalação de faixa de pedestres na Rua Quissamã, 375 - Quissamã. (Em frente ao Centro de Educação Infantil CEI Anna Nardi).</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11440/1539.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11440/1539.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com estudo de viabilidade técnica para a instalação de faixa de pedestres na Rua Quissamã, 37 - Quissamã.</t>
   </si>
   <si>
     <t>11470</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11470/1569.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11470/1569.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de promover uma vistoria das árvores localizadas na Rua Washington Luiz, 410 - Centro.</t>
   </si>
   <si>
     <t>11493</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11493/1592.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11493/1592.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo técnico e análise da possibilidade de abertura de via alternativa para acesso a veículos na Rua Oliveira Bulhões, Cascatinha.</t>
   </si>
   <si>
     <t>11503</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11503/1602.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11503/1602.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do envio de equipe técnica para avaliação e possível construção de Muro de Arrimo ou Muro de contenção na Estrada Rio Petrópolis, n°213 - KM 83, bairro Quitandinha.</t>
   </si>
   <si>
     <t>11535</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11535/1634.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11535/1634.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma vistoria emergencial da Secretaria de Defesa Civil e Ações Voluntárias, em conjunto com a Secretaria de Obras, no Bloco 6, Condomínio Vicenzo Rivetti 2, tendo em vista que este Mandato Popular foi cientificado pelos moradores que, em decorrência das chuvas do dia 20 de março, houve alagamento do bloco, infiltração nas paredes, rachaduras das referidas e intenso vazamento de gás.</t>
   </si>
   <si>
     <t>11536</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11536/1635.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11536/1635.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade do apoio da Secretaria de Defesa Civil e Ações Voluntárias para promover a vistoria do imóvel situado à Rua Uruguai, 716, bairro Quitandinha.</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DO APOIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL PARA PROMOVER A VISTORIA DO IMÓVEL SITUADO À RUA URUGUAI, 716 - BAIRRO QUITANDINHA.</t>
   </si>
   <si>
     <t>11574</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11574/1673.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11574/1673.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma vistoria técnica para a realização de uma possível obra de contenção das encostas, na Rua Romeu Sutter, Bairro Alto da Serra - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11607</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11607/1706.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11607/1706.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção do esgoto em toda a extensão da Rua Hivio Naliato, Cascatinha.</t>
   </si>
   <si>
     <t>11610</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11610/1709.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11610/1709.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com vistorias técnicas e demais diligências na Travessa Frederico Guilherme Karl 167 Chácara Flora Antigo ponto final do Vila Real.</t>
   </si>
   <si>
     <t>11617</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11617/1716.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11617/1716.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria com máxima urgência na localidade devido á rua ter cedido em decorrência das fortes chuvas, na Rua Fernandes Vieira, Vale dos Esquilos, Retiro.</t>
   </si>
   <si>
     <t>11640</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11640/1739.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11640/1739.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com vistorias técnicas nas residências próximas aos deslizamentos na Rua Itália - Vila Militar.</t>
   </si>
   <si>
     <t>11766</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/1865.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/1865.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria do solo em toda extensão da Rua Guilherme José Teixeira, Nova Cascatinha.</t>
   </si>
   <si>
     <t>11782</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11782/1881.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11782/1881.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de uma vistoria técnica na Escola Municipal Oswaldo Costa Frias.</t>
   </si>
   <si>
     <t>11787</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>Ronaldo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11787/1886.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11787/1886.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico para a viabilidade da implantação da extensão de rede de água, para atender aos moradores da Estrada do Brejal, no km 01, próximo ao CEI José Gonçalves da Motta, na Posse, 5º Distrito deste Município.</t>
   </si>
   <si>
     <t>11813</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11813/1912.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11813/1912.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e avaliação técnica em barreira na Rua Dr Eugênio Barcelos, nº 425 - Valparaíso - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11822</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11822/1921.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11822/1921.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo de viabilidade para liberação parcial da Rua Washington Luiz, Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11823/1922.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11823/1922.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e avaliação técnica em barreira na Estrada da Fazenda Inglesa, Mosela - Petrópolis/RJ Ref.: Sr. André Estrada da Fazenda Inglesa, nº 302, Mosela - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11830</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11830/1929.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11830/1929.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de solicitação para avaliação e substituição de poste n º 12932 na Rua Gaspar Gonçalves, Quarteirão Brasileiro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11832</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11832/1931.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11832/1931.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo de viabilidade e execução de obras para implementação de sistema de drenagem de águas pluviais na Rua da Lucas, nº 59, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>11899</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11899/1998.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11899/1998.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e avaliação técnica e vistoria em diversa residências na Rua Geny Martins de Souza, Itaipava - Petrópolis/RJ. Ref.: Antiga Estrada da Pedreira.</t>
   </si>
   <si>
     <t>11976</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11976/2075.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11976/2075.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria e manutenção na rede de energia elétrica em toda extensão da Rua Vereador Paulo Maurity, bairro Roseiral.</t>
   </si>
   <si>
     <t>12007</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12007/2106.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12007/2106.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de análise de estrutura em risco para Servidão José Gonçalves Aldeia, próximo ao n°176, bairro Itamarati.</t>
   </si>
   <si>
     <t>12093</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12093/2192.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12093/2192.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de manutenção e vistoria na rede de águas pluviais em toda extensão da Rua Luvercy Fiorini Loteamento Samambaia.</t>
   </si>
   <si>
     <t>12217</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12217/2316.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12217/2316.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção na rede de águas pluviais na Rua João de Farias, nº 446, Alcobacinha.</t>
   </si>
   <si>
     <t>12218</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12218/2317.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12218/2317.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção da rede de águas pluviais em toda extensão da Rua Raul Veiga, Quitandinha.</t>
   </si>
   <si>
     <t>12223</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12223/2322.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12223/2322.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção no bueiro na Rua Alcides José Estrela, nº 158, Loteamento Samambaia.</t>
   </si>
   <si>
     <t>12225</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12225/2324.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12225/2324.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção dos paralelepípedos na Rua Laurinda Lopes de Medeiros, nº 173, Pedro do Rio.</t>
   </si>
   <si>
     <t>12409</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12409/2508.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12409/2508.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em árvores, para poda, em toda extensão da Avenida Primeira, altura do KM 65 - BR 040 - Vila do Sossego, Bonsucesso, bairro Itaipava.</t>
   </si>
   <si>
     <t>12410</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12410/2509.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12410/2509.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para troca de poste de madeira, Avenida Primeira, altura do KM 65 - BR 040 - Vila do Sossego, Bonsucesso, bairro Itaipava.</t>
   </si>
   <si>
     <t>12468</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12468/2567.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12468/2567.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com uma vistoria técnica, a fim de averiguar a integridade do mudo que delimita o limite do terreno do Parque Cremeri, na Rua Poeta Fernando Pessoa Antiga Rua Luiz de Camões, 485 F - Independência.</t>
   </si>
   <si>
     <t>12473</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12473/2572.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12473/2572.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de avaliação técnica e vistoria da Defesa Civil e Ações Voluntárias da ponte localizada na Estrada de Bonsucesso, ao lado da Confeitaria Rainha de Bonsucesso, no bairro Bonsucesso - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>12476</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12476/2575.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12476/2575.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar laudo para poda de árvores na Estrada do Caxambú, SN, ao lado da Igreja Santa Isabel, no bairro Caxambú - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>12478</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12478/2577.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12478/2577.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a avaliação técnica e limpeza da galeria que passa por debaixo das casas na Rua Joaquim Murtinho, no bairro Estrada da Saudade - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>12551</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/2650.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/2650.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar visita técnica, bem como retirada de barreira na Rua Capitão Paladini, nº 129, Vila do Cortiço, bairro São Sebastião.</t>
   </si>
   <si>
     <t>12621</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12621/2720.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12621/2720.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de um estudo técnico sobre a possibilidade de um redutor de velocidade em frente a E. M Prof. Maria Campos da Silva, na rua buenos aires nº 108, Centro, 1º Distrito.</t>
   </si>
   <si>
     <t>12676</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12676/2775.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12676/2775.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvores na Praça das Rosas - Ao lado do Condomínio das Rosas, Bairro Retiro.</t>
   </si>
   <si>
     <t>12812</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12812/2911.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12812/2911.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de interceder junto a Secretária de Meio Ambiente para que envie um técnico para avaliar poda das árvores, localizadas na Estrada Bernardo Coutinho, no colégio Anglicano de Araras, bairro Araras.</t>
   </si>
   <si>
     <t>12883</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/2982.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/2982.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de vistoria com objetivo de elaborar projeto para construção de muro de contenção e reparos na margem do rio na Rua Dr Hermogenio Silva, nº40, Retiro - Petrópolis/RJ. Ref.: Ao lado do posto Em anexo RO nº 50013.</t>
   </si>
   <si>
     <t>12909</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12909/3008.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12909/3008.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoriar e posterior prestação da vala ou galeria de águas pluviais, captação de águas das chuvas, de modo de evitar o desbarrancamento da rua, localizado na Vila Cristina, bairro Centro.</t>
   </si>
   <si>
     <t>12910</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12910/3009.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12910/3009.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoriar e posteriormente com a prestação do serviço construção de um muro de contenção de aproximadamente 20 (vinte) metros de comprimento, localizado na Vila Cristina, bairro: Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>12915</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12915/3014.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12915/3014.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a vistoria e posterior prestação do serviço construção de um muro de contenção de aproximadamente 11 (onze) metros de comprimento, por 1,10 (um metro e dez cm) altura, localizado na Vila Jaco Kling, bairro: Valparaíso - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>13027</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13027/3126.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13027/3126.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em árvores para poda ou corte na Rua Vale das Flores, próximo ao nº 424, Servidão Celso Christh, ponto final do ônibus - Bonfim, bairro Corrêas.</t>
   </si>
   <si>
     <t>13069</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13069/3168.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13069/3168.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo técnico para viabilidade de construção da rede de tratamento e de captação da caixa de gordura na Escola Municipal Amélia Antunes Rabelo no bairro Madame Machado.</t>
   </si>
   <si>
     <t>13421</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13421/3520.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13421/3520.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para viabilização de aumento de carga de energia elétrica na Rua Joaquim Alves de Souza, nº 146, Glória, Correas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>13547</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13547/3646.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13547/3646.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de promover a vistoria e consequente poda ou corte das árvores que compõem a via pública na Rua Henrique João da Cruz, na antiga volta da coruba, no Boa Vista, bairro Cascatinha - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>13650</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13650/3749.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13650/3749.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para posterior construção de um muro de contenção na Servidão Manoel Kapps, bairro Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>13651</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13651/3750.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13651/3750.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria "URGENTE" para posterior troca do poste que esta caindo no final Rua do posto(Horta), na Rua Lopes Trovão, próximo ao número 3100, bairro Alto da Serra.</t>
   </si>
   <si>
     <t>13794</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13794/3893.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13794/3893.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de Cipreste e Árvores na Servidão Sebastião da Costa, em frente ao nº 56 - Estrada do Fragoso, final da servidão, bairro Estrada da Saudade.</t>
   </si>
   <si>
     <t>13963</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13963/4062.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13963/4062.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de equipe técnica para vistorias e/ou obras de contenção de encosta, na Rua Caminho da Pedreira, bairro Quitandinha.</t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13965/4064.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13965/4064.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de equipe técnica para vistorias e ou obras de contenção de encosta na Rua Alberto Martins, bairro Floresta.</t>
   </si>
   <si>
     <t>13966</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13966/4065.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13966/4065.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de equipe técnica para vistorias e ou obras de contenção de encosta na Rua Henrique Paixão, bairro Floresta.</t>
   </si>
   <si>
     <t>13968</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13968/4067.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13968/4067.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de envio de equipe técnica para vistorias e ou obras de contenção de encosta na (03 grandes encostas) localizado na Rua Itália, bairro Vila Militar.</t>
   </si>
   <si>
     <t>13995</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13995/4094.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13995/4094.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de cobrar providências da Águas do Imperador, para vistoria na Rua Santa Clara, 197, Estrada das Arcas, Itaipava - Petrópolis/RJ com o objetivo de identificar e reparar vazamento de água esgoto.</t>
   </si>
   <si>
     <t>14167</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14167/4266.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14167/4266.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistorias em árvores, com riscos de queda sobre as casas, situada na Rua Drº. Arthur Cruz, nº 900, bairro: Comunidade Vitória.</t>
   </si>
   <si>
     <t>14182</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14182/4281.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14182/4281.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvore na Rua Vicenzo Rivetti, nº 276 B, bairro Carangola.</t>
   </si>
   <si>
     <t>14186</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14186/4285.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14186/4285.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria técnica para avaliação de afundamento do solo na Servidão Geraldo André, Rua Mathias Hillen, em frente ao nº 294 - Pedras Brancas, bairro Mosela.</t>
   </si>
   <si>
     <t>14187</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14187/4286.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14187/4286.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvore na Rua Washington Luiz, em frente ao nº 1219 (Ferragens Duas Pontes), bairro Centro.</t>
   </si>
   <si>
     <t>14190</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14190/4289.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14190/4289.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvores em toda extensão da Rua Bolívia, bairro Nogueira.</t>
   </si>
   <si>
     <t>14295</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14295/4394.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14295/4394.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de 2 (duas) árvores para poda na Rua Washington Luiz, em frente ao nº 1201 - Duas Pontes, bairro Centro.</t>
   </si>
   <si>
     <t>14391</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14391/4490.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14391/4490.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria da Defesa Civil na Rua Euclides da Cunha, nº 666, bairro Centro.</t>
   </si>
   <si>
     <t>14414</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14414/4513.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14414/4513.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria com objetivo de melhoria na sinalização viária e implementação de faixa de pedestres na Estrada União e Indústria, nº 4257, Corrêas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>14529</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14529/4628.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14529/4628.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade do estudo com vistas à instalação de uma placa de sinalização escrito, "Contramão" na Rua Antônio Hermínio Guerra Peixe, em frente ao nº 37, no bairro Castrioto - Petrópolis - RJ.</t>
   </si>
   <si>
     <t>14701</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14701/4800.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14701/4800.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em obra potencialmente irregular na Servidão Maximiniano Neumann Filho, Saldanha Marinho - Petrópolis/RJ. Ref .: Acessando pela Rua Sargento Boening no meio acessa a Servidão Maximiniano Neumann Filho, outro acesso pela Rua Sargento Fontes próximo ao nº150.</t>
   </si>
   <si>
     <t>14758</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14758/4857.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14758/4857.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade urgente de inspeção e manutenção em todo telhado do terminal rodoviário centro.</t>
   </si>
   <si>
     <t>14956</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14956/5055.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14956/5055.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria técnica para avaliação de manutenção ou troca de poste na Rua Pedro Pavão - poste nº 1M80, Bonfim, bairro Corrêas.</t>
   </si>
   <si>
     <t>14963</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14963/5062.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14963/5062.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria técnica para avaliação de risco na servidão João Bonifácio Pacheco, bairro Vila Felipe.</t>
   </si>
   <si>
     <t>14964</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14964/5063.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14964/5063.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria técnica para avaliação de risco na Rua Jacinto Rabelo, Servidão Geovane Santos, nº 546 (próximo ao antigo Bar do Pedro), bairro Vila Felipe.</t>
   </si>
   <si>
     <t>14970</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14970/5069.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14970/5069.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para realizar poda de árvore na Rua Pedro Nava, nº 49, Cascatinha.</t>
   </si>
   <si>
     <t>15029</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15029/5128.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15029/5128.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria da Defesa Civil na Vila João Klind, nº 1645 (ao lado da papelaria), bairro Alto da Serra.</t>
   </si>
   <si>
     <t>15031</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15031/5130.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15031/5130.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que se realize vistoria técnica para avaliação de poste na Rua Dr. Porciúncula, altura do nº 138, bairro Centro.</t>
   </si>
   <si>
     <t>15035</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15035/5134.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15035/5134.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a vistoria da Defesa Civil na Rua Itália, nº 230, bairro Vila Militar.</t>
   </si>
   <si>
     <t>15048</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15048/5147.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15048/5147.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo técnico por profissionais de engenharia e geologia para atender com urgência a Rua Rochedo, Lote 27, Quadra B, Cascatinha.</t>
   </si>
   <si>
     <t>15214</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15214/5313.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15214/5313.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em árvores em toda extensão da Rua Pinto Ferreira, bairro Centro.</t>
   </si>
   <si>
     <t>15217</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15217/5316.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15217/5316.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar a vistoria técnica em árvores para retirada de ervas de passarinho, em toda extensão da Avenida Roberto Silveira, bairro Centro.</t>
   </si>
   <si>
     <t>15233</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15233/5332.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15233/5332.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de estudo técnico e medidas de prevenção devido o descolamento de rochas na Rua Rochedo, lotes 20 e 27, quadra B, Nova Cascatinha.</t>
   </si>
   <si>
     <t>15259</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15259/5358.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15259/5358.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria técnica da encosta devido a falta de escoamento e captação de águas pluviais, localizado na Servidão Carlos Manoel de Macedo, 16 - E, São Sebastião.</t>
   </si>
   <si>
     <t>15260</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15260/5359.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15260/5359.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria e manutenção na rede de escoamento da água com caráter de urgência na Rua Hivio Naliato, nº 786, Samambaia.</t>
   </si>
   <si>
     <t>15622</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15622/5721.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15622/5721.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização de avaliação e manutenção no sistema de abastecimento de água no Condomínio Vicenzo Rivetti, bloco 03, Carangola - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15661/5760.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15661/5760.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para Poda de Árvores na Rua Oswero Vilaça, próximo ao Nº 5, Bairro Alto da Serra.</t>
   </si>
   <si>
     <t>15669</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15669/5768.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15669/5768.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de Vistoria Técnica para Avaliação de Troca de Poste na Rua Três Pedras, altura do Nº 5000, Bairro Caxambu.</t>
   </si>
   <si>
     <t>15672</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15672/5771.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15672/5771.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que se realize Vistoria Técnica para Avaliação de Troca de Poste na Rua Três Pedras, altura do Nº 5000, Bairro Caxambu.</t>
   </si>
   <si>
     <t>15680</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15680/5779.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15680/5779.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvores na Rua Vicenzo Rivetti, em frente ao nº 496, bairro Carangola.</t>
   </si>
   <si>
     <t>15792</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15792/5891.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15792/5891.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que encaminhe um técnico para avaliar podas das árvores, localizado na Rua Dr Bina, Bairo Calembe em Nogueira.</t>
   </si>
   <si>
     <t>15809</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15809/5908.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15809/5908.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria de rachaduras em contenção de encostas e afundamento de via pública. Rua Wenceslau Vieira Dias, nº366. Bairro Castrioto.</t>
   </si>
   <si>
     <t>15810</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15810/5909.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15810/5909.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em poste com rachaduras. Rua Dias de Oliveira, nº460. Bairro Duarte da Silveira.</t>
   </si>
   <si>
     <t>15912</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15912/6011.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15912/6011.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em árvore podre. Rua Paulo Barbosa, nº20. Praça Alcindo Sodré. Bairro Centro.</t>
   </si>
   <si>
     <t>16059</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16059/6158.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16059/6158.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar uma vistoria em toda extensão do paralelepípedo da Rua Bolívia, Quitandinha, Petrópolis - RJ.</t>
   </si>
   <si>
     <t>16060</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16060/6159.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16060/6159.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar uma vistoria na Rua João Felipe Schimdt, Bingen, Petrópolis - RJ, levando em consideração que a rua está cedendo, devendo haver uma intervenção na via.</t>
   </si>
   <si>
     <t>16083</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>Eduardo do Blog, Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16083/6182.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16083/6182.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO DE VIABILIDADE E TOMADA DE MEDIDAS PARA MELHORA NA ADERÊNCIA DA PAVIMENTAÇÃO NA SERVIDÃO MOACYR FERREIRA, LOCALIZADA NA RUA MATHIAS HILLEN, Nº 136, BAIRRO MOSELA.</t>
   </si>
   <si>
     <t>16131</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16131/6230.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16131/6230.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de que se realize vistoria técnica para avaliação de troca de poste na Estrada do Independência, altura do nº 1163 - Perto da reciclagem do Padre Quinha - Próximo ao Bar do Ronaldo, Bairro Independência.</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16138/6237.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16138/6237.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar vistoria para obra de drenagem e contenção na Rua Dr. Lippold, nº 552 A, bairro Carangola.</t>
   </si>
   <si>
     <t>16142</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16142/6241.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16142/6241.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria para poda de árvores na Praça da Chácara das Rosas localizada na Rua Cidália Meireles, n.º 65, Bairro Retiro.</t>
   </si>
   <si>
     <t>16286</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16286/6385.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16286/6385.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria na Rua Gabriel Cassador esquina com Rua José Vicente da Silva nas proximidades do nº 860, Vargem dos Marmelos, Itaipava - Petrópolis/RJ, referente a possível obstrução da calçada devido a instalação de balizas de ferro na mesma.</t>
   </si>
   <si>
     <t>16397</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16397/6496.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16397/6496.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de Vistoria em Árvores para Poda na Travessa João Paulo Pest, Bairro Alto da Serra.</t>
   </si>
   <si>
     <t>16399</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16399/6498.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16399/6498.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria em árvores para poda na Rua Juvenal Amaral, altura do nº 200, bairro Chácara Flora.</t>
   </si>
   <si>
     <t>16418</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16418/6517.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16418/6517.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de vistoria técnica em desmoronamento na Rua Brigadeiro Castrioto, nº1936 Provisória Petrópolis RJ.</t>
   </si>
   <si>
     <t>16457</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16457/6556.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16457/6556.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de fazer uma vistoria para captação de esgoto na Rua Lopes Trovão Nº 416 C, no Bairro: Alto da Serra - Petrópolis/RJ.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2031,68 +2031,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11671/1770.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10191/0291.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11865/1964.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16096/6195.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9945/0045.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9955/0055.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10041/0141.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10153/0253.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10158/0258.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10204/0304.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10229/0329.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10245/0345.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10247/0347.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10307/0407.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10323/0423.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10325/0425.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10351/0450.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10352/0451.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10612/0711.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10732/0831.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10756/0855.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10787/0886.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10788/0887.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10792/0891.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10838/0937.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10855/0954.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10894/0993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10946/1045.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11002/1101.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11028/1127.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11176/1275.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11255/1354.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11282/1381.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11437/1536.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11440/1539.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11470/1569.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11493/1592.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11503/1602.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11535/1634.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11536/1635.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11574/1673.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11607/1706.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11610/1709.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11617/1716.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11640/1739.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/1865.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11782/1881.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11787/1886.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11813/1912.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11822/1921.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11823/1922.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11830/1929.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11832/1931.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11899/1998.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11976/2075.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12007/2106.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12093/2192.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12217/2316.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12218/2317.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12223/2322.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12225/2324.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12409/2508.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12410/2509.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12468/2567.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12473/2572.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12476/2575.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12478/2577.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/2650.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12621/2720.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12676/2775.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12812/2911.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/2982.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12909/3008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12910/3009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12915/3014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13027/3126.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13069/3168.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13421/3520.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13547/3646.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13650/3749.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13651/3750.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13794/3893.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13963/4062.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13965/4064.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13966/4065.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13968/4067.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13995/4094.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14167/4266.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14182/4281.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14186/4285.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14187/4286.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14190/4289.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14295/4394.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14391/4490.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14414/4513.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14529/4628.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14701/4800.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14758/4857.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14956/5055.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14963/5062.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14964/5063.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14970/5069.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15029/5128.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15031/5130.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15035/5134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15048/5147.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15214/5313.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15217/5316.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15233/5332.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15259/5358.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15260/5359.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15622/5721.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15661/5760.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15669/5768.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15672/5771.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15680/5779.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15792/5891.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15809/5908.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15810/5909.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15912/6011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16059/6158.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16060/6159.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16083/6182.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16131/6230.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16138/6237.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16142/6241.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16286/6385.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16397/6496.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16399/6498.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16418/6517.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16457/6556.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11671/1770.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10191/0291.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11865/1964.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16096/6195.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9945/0045.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/9955/0055.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10041/0141.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10153/0253.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10158/0258.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10204/0304.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10229/0329.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10245/0345.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10247/0347.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10307/0407.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10323/0423.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10325/0425.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10351/0450.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10352/0451.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10612/0711.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10732/0831.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10756/0855.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10787/0886.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10788/0887.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10792/0891.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10838/0937.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10855/0954.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10894/0993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/10946/1045.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11002/1101.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11028/1127.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11176/1275.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11255/1354.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11282/1381.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11437/1536.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11440/1539.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11470/1569.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11493/1592.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11503/1602.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11535/1634.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11536/1635.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11540/1639.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11574/1673.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11607/1706.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11610/1709.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11617/1716.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11640/1739.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11766/1865.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11782/1881.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11787/1886.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11813/1912.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11822/1921.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11823/1922.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11830/1929.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11832/1931.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11899/1998.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/11976/2075.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12007/2106.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12093/2192.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12217/2316.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12218/2317.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12223/2322.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12225/2324.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12409/2508.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12410/2509.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12468/2567.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12473/2572.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12476/2575.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12478/2577.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12551/2650.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12621/2720.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12676/2775.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12812/2911.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12883/2982.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12909/3008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12910/3009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/12915/3014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13027/3126.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13069/3168.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13421/3520.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13547/3646.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13650/3749.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13651/3750.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13794/3893.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13963/4062.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13965/4064.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13966/4065.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13968/4067.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/13995/4094.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14167/4266.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14182/4281.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14186/4285.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14187/4286.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14190/4289.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14295/4394.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14391/4490.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14414/4513.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14529/4628.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14701/4800.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14758/4857.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14956/5055.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14963/5062.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14964/5063.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/14970/5069.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15029/5128.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15031/5130.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15035/5134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15048/5147.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15214/5313.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15217/5316.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15233/5332.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15259/5358.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15260/5359.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15622/5721.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15661/5760.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15669/5768.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15672/5771.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15680/5779.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15792/5891.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15809/5908.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15810/5909.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/15912/6011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16059/6158.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16060/6159.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16083/6182.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16131/6230.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16138/6237.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16142/6241.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16286/6385.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16397/6496.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16399/6498.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16418/6517.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2022/16457/6556.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>