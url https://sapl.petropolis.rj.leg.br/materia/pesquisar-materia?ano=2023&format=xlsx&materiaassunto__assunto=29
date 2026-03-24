--- v0 (2025-12-18)
+++ v1 (2026-03-24)
@@ -54,1149 +54,1149 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>18592</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18592/2067-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18592/2067-.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Petrópolis o "PROGRAMA ASSOCIAÇÃO LEGAL" e dá outras providências.</t>
   </si>
   <si>
     <t>16804</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16804/0279.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16804/0279.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ALTO DA SERRA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16805</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16805/0280.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16805/0280.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ARARAS com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16806</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16806/0281.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16806/0281.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro BINGEN com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16807</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16807/0282.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16807/0282.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CAPELA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16808</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16808/0283.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16808/0283.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CARANGOLA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16809</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16809/0284.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16809/0284.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CASCATINHA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16810</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16810/0285.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16810/0285.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CASTELÂNEA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16811</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16811/0286.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16811/0286.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CAXAMBU com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16812</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16812/0287.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16812/0287.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CENTRO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16813</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16813/0288.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16813/0288.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CHÁCARA FLORA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16814</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16814/0289.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16814/0289.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CORONEL VEIGA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16815</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16815/0290.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16815/0290.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CORREAS com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16816</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16816/0291.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16816/0291.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CUIABÁ com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16817</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16817/0292.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16817/0292.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro DUARTE SILVEIRA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16818</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16818/0293.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16818/0293.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ESTRADA DA SAUDADE com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16819</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16819/0294.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16819/0294.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro FAZENDA INGLESA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16820</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16820/0295.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16820/0295.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ITAIPAVA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16821</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16821/0296.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16821/0296.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ITAMARATI com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16822</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16822/0297.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16822/0297.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro JARDIM SALVADOR com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16823</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16823/0298.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16823/0298.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro MOINHO PRETO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16824</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16824/0299.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16824/0299.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro MORIN com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16825</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16825/0300.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16825/0300.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro MOSELA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16826</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16826/0301.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16826/0301.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro NOGUEIRA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16827</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16827/0302.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16827/0302.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro PEDRO DO RIO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16828</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16828/0303.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16828/0303.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro POSSE com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16829</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16829/0304.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16829/0304.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro QUARTEIRÃO BRASILEIRO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16830</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16830/0305.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16830/0305.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro QUISSAMÃ com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16831</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16831/0306.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16831/0306.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro QUITANDINHA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16832</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16832/0307.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16832/0307.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro RETIRO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16833</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16833/0308.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16833/0308.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ROSEIRAL com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16834</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16834/0309.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16834/0309.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro SAMAMBAIA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16835</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16835/0310.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16835/0310.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro HUMBERTO ROVIGATTI com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16836</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16836/0311.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16836/0311.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro SÃO SEBASTIÃO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16837</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16837/0312.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16837/0312.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro VALPARAÍSO com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16838</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16838/0313.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16838/0313.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro SIMÉRIA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16839</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16839/0314.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16839/0314.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro LOTEAMENTO SAMAMBAIA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16840</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16840/0315.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16840/0315.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ALCOBACINHA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16843</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16843/0318.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16843/0318.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ÁGUAS LINDAS com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16845</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16845/0320.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16845/0320.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ATÍLIO MAROTTI com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16847</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16847/0322.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16847/0322.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro BELA VISTA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16850</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16850/0325.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16850/0325.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro BOA VISTA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16851</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16851/0326.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16851/0326.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CALEMBE com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16852</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16852/0327.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16852/0327.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro CAITITU com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16853</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16853/0328.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16853/0328.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro DUQUES com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16854</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16854/0329.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16854/0329.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro ESPERANÇA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16855</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16855/0330.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16855/0330.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro PEDRAS BRANCAS com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16856</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16856/0331.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16856/0331.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro VILA RICA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16857</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16857/0332.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16857/0332.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o VICENZO RIVETTI com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16861</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16861/0336.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16861/0336.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atender o bairro MEIO DA SERRA com o Programa "Nosso Bairro".</t>
   </si>
   <si>
     <t>16898</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16898/0373.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16898/0373.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantar o programa "Nosso Bairro" para atender o 2º Distrito de Cascatinha.</t>
   </si>
   <si>
     <t>17034</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17034/0509.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17034/0509.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atuação do Governo Municipal, através do projeto Nosso Bairro, no bairro Boa Vista.</t>
   </si>
   <si>
     <t>17035</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17035/0510.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17035/0510.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atuação do Governo Municipal, através do projeto Nosso Bairro, no bairro Mosela.</t>
   </si>
   <si>
     <t>17036</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17036/0511.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17036/0511.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de atuação do Governo Municipal através do projeto Nosso Bairro no bairro Caxambu.</t>
   </si>
   <si>
     <t>17037</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17037/0512.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17037/0512.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de de atuação do Governo Municipal através do projeto Nosso Bairro no bairro Bingen.</t>
   </si>
   <si>
     <t>17086</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17086/0561.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17086/0561.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização do projeto "nosso bairro", em toda extensão do bairro Caxambu.</t>
   </si>
   <si>
     <t>17088</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17088/0563.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17088/0563.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização do projeto "nosso bairro" em toda extensão do bairro da Glória.</t>
   </si>
   <si>
     <t>17104</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17104/0579.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17104/0579.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realização do projeto "nosso bairro" em toda extensão do bairro Bonfim.</t>
   </si>
   <si>
     <t>17545</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17545/1020.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17545/1020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa "Nosso Bairro", no Bairro Vale do Cuiabá, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17547</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17547/1022.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17547/1022.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa "Nosso Bairro" no Bairro de Madame Machado, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17548</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17548/1023.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17548/1023.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa "Nosso Bairro" no Bairro de Manga Larga, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17551</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17551/1026.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17551/1026.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa "Nosso Bairro" no Bairro Vila Rica, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17552</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17552/1027.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17552/1027.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa "Nosso Bairro" no Caititu - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17553</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17553/1028.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17553/1028.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Santa Mônica, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17554</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17554/1029.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17554/1029.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Lajinha, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17555</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17555/1030.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17555/1030.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Santa Clara, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17556</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17556/1031.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17556/1031.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Sumidouro, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17557</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17557/1032.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17557/1032.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Estrada das Arcas, Itaipava - Petrópolis/ RJ.</t>
   </si>
   <si>
     <t>17558</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17558/1033.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17558/1033.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Estrada do Catobira, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>17559</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17559/1034.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17559/1034.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no bairro de Araras - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17560</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17560/1035.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17560/1035.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Avenida do Contorno, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>17561</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17561/1036.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17561/1036.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Vale do Pinhal, Pedro do Rio - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>17562</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17562/1037.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17562/1037.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Estrada do Gentio Itaipava - Petrópolis.</t>
   </si>
   <si>
     <t>17563</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17563/1038.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17563/1038.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no bairro de Benfica, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17564</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17564/1039.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17564/1039.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, nas imediações da Estrada Mãe D água, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>17565</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17565/1040.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17565/1040.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Centro de Itaipava, Itaipava - Petrópolis/RJ e todas as suas imediações, incluindo o Parque Municipal Prefeito Paulo Rattes.</t>
   </si>
   <si>
     <t>17566</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17566/1041.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17566/1041.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no bairro Jardim Americano, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17567</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17567/1042.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17567/1042.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro nas imediações do Bonfim, Itaipava - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17568</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17568/1043.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17568/1043.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Retiro das Pedras, Pedro do Rio - Petrópolis RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17569</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17569/1044.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17569/1044.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Fagundes, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17570</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17570/1045.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17570/1045.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Barra Mansa, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17571</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17571/1046.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17571/1046.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Secretário, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17572</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17572/1047.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17572/1047.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Alto Pegado, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17573</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17573/1048.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17573/1048.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Taquaril, Pedro do Rio - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17574</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17574/1049.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17574/1049.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Nossa Senhora de Fátima, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17575</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17575/1050.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17575/1050.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Córrego Sujo, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17576</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17576/1051.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17576/1051.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Ingá, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17577</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17577/1052.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17577/1052.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Boa Vista, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17578</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17578/1053.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17578/1053.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro no Bairro Xingu, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17579</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17579/1054.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17579/1054.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Córrego Grande, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
   <si>
     <t>17580</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17580/1055.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17580/1055.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de realizar o Programa Nosso Bairro, no Bairro Merencia, Posse - Petrópolis/RJ e todas as suas imediações.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1503,68 +1503,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18592/2067-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16804/0279.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16805/0280.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16806/0281.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16807/0282.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16808/0283.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16809/0284.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16810/0285.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16811/0286.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16812/0287.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16813/0288.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16814/0289.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16815/0290.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16816/0291.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16817/0292.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16818/0293.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16819/0294.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16820/0295.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16821/0296.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16822/0297.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16823/0298.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16824/0299.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16825/0300.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16826/0301.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16827/0302.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16828/0303.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16829/0304.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16830/0305.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16831/0306.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16832/0307.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16833/0308.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16834/0309.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16835/0310.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16836/0311.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16837/0312.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16838/0313.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16839/0314.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16840/0315.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16843/0318.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16845/0320.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16847/0322.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16850/0325.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16851/0326.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16852/0327.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16853/0328.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16854/0329.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16855/0330.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16856/0331.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16857/0332.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16861/0336.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16898/0373.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17034/0509.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17035/0510.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17036/0511.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17037/0512.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17086/0561.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17088/0563.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17104/0579.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17545/1020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17547/1022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17548/1023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17551/1026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17552/1027.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17553/1028.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17554/1029.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17555/1030.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17556/1031.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17557/1032.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17558/1033.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17559/1034.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17560/1035.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17561/1036.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17562/1037.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17563/1038.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17564/1039.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17565/1040.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17566/1041.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17567/1042.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17568/1043.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17569/1044.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17570/1045.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17571/1046.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17572/1047.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17573/1048.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17574/1049.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17575/1050.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17576/1051.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17577/1052.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17578/1053.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17579/1054.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17580/1055.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18592/2067-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16804/0279.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16805/0280.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16806/0281.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16807/0282.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16808/0283.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16809/0284.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16810/0285.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16811/0286.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16812/0287.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16813/0288.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16814/0289.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16815/0290.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16816/0291.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16817/0292.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16818/0293.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16819/0294.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16820/0295.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16821/0296.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16822/0297.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16823/0298.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16824/0299.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16825/0300.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16826/0301.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16827/0302.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16828/0303.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16829/0304.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16830/0305.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16831/0306.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16832/0307.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16833/0308.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16834/0309.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16835/0310.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16836/0311.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16837/0312.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16838/0313.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16839/0314.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16840/0315.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16843/0318.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16845/0320.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16847/0322.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16850/0325.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16851/0326.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16852/0327.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16853/0328.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16854/0329.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16855/0330.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16856/0331.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16857/0332.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16861/0336.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16898/0373.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17034/0509.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17035/0510.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17036/0511.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17037/0512.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17086/0561.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17088/0563.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17104/0579.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17545/1020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17547/1022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17548/1023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17551/1026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17552/1027.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17553/1028.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17554/1029.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17555/1030.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17556/1031.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17557/1032.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17558/1033.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17559/1034.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17560/1035.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17561/1036.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17562/1037.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17563/1038.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17564/1039.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17565/1040.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17566/1041.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17567/1042.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17568/1043.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17569/1044.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17570/1045.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17571/1046.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17572/1047.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17573/1048.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17574/1049.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17575/1050.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17576/1051.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17577/1052.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17578/1053.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17579/1054.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17580/1055.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="183.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>