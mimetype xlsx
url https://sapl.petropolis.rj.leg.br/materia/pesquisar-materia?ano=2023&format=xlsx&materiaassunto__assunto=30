--- v0 (2026-02-05)
+++ v1 (2026-03-24)
@@ -54,174 +54,174 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16577</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16577/0052.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16577/0052.pdf</t>
   </si>
   <si>
     <t>DECLARA A CAPOEIRA, SUAS MANIFESTAÇÕES CULTURAIS, ESPORTIVAS E SEU CARÁTER FORMATIVO EDUCACIONAL COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE PETRÓPOLIS, CRIA A SEMANA MUNICIPAL DA CAPOEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17020</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17020/0495.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17020/0495.pdf</t>
   </si>
   <si>
     <t>Cria o "Projeto Cidade das Artes" no Município de Petrópolis.</t>
   </si>
   <si>
     <t>17202</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Yuri Moura, Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17202/0677.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17202/0677.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Passe Livre Cultural no Município de Petrópolis.</t>
   </si>
   <si>
     <t>18665</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf</t>
   </si>
   <si>
     <t>CRIA O CIRCUITO FERROVIÁRIO TURÍSTICO CULTURAL DE PETRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18691</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18691/2166.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18691/2166.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Corredor Cultural e Gastronômico da Rua Teresa e estabelece regras para o uso e ocupação de espaço público para fins de realização de eventos e dá outras providências.</t>
   </si>
   <si>
     <t>19678</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Júlia Casamasso</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19678/3105.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19678/3105.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMÔNIO CULTURAL DE NATUREZA IMATERIAL O FORRÓ NO MUNICÍPIO DE PETRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>21314</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21314/4425.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21314/4425.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PETRÓPOLIS O FESTIVAL SOLSTÍCIO DO SOM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17674</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17674/1149.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17674/1149.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que institua o Programa Cultura para Todos - Biblioteca Itinerante, no âmbito do Município de Petrópolis, conforme anteprojeto a seguir:</t>
   </si>
   <si>
     <t>17186</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17186/0661.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17186/0661.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implementar um Circuito de Cultura, Esporte e Lazer, na Antiga Hípica do Independência, localizado na Rua Ângelo João Brand, nº 249, Independência.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -528,68 +528,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16577/0052.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17020/0495.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17202/0677.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18691/2166.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19678/3105.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21314/4425.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17674/1149.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17186/0661.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16577/0052.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17020/0495.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17202/0677.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18691/2166.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19678/3105.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21314/4425.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17674/1149.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17186/0661.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>