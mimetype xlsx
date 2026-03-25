--- v0 (2025-12-17)
+++ v1 (2026-03-25)
@@ -54,312 +54,312 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16984</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Yuri Moura</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16984/0459-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16984/0459-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização das mídias sociais na estratégia de divulgação dos atrativos turísticos do Município de Petrópolis</t>
   </si>
   <si>
     <t>17203</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17203/0678.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17203/0678.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O "PROGRAMA DE PUBLICIDADE E PROPAGANDA DOS POLOS DE MODA E GASTRONÔMICOS DO MUNICÍPIO DE PETRÓPOLIS".</t>
   </si>
   <si>
     <t>18665</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf</t>
   </si>
   <si>
     <t>CRIA O CIRCUITO FERROVIÁRIO TURÍSTICO CULTURAL DE PETRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17319</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17319/0794.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17319/0794.pdf</t>
   </si>
   <si>
     <t>CRIA A FRENTE PARLAMENTAR DO FOMENTO AO TURISMO NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>16540</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16540/0015.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16540/0015.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que disponha sobre a realização das atividades previstas no calendário municipal de eventos em todos os distritos do Município de Petrópolis.</t>
   </si>
   <si>
     <t>18576</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18576/2051.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18576/2051.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE ENVIO DE PROJETO DE LEI A ESSA CASA LEGISLATIVA DISPONDO SOBRE A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO TURÍSTICA PARA PEDESTRES EM PETRÓPOLIS.</t>
   </si>
   <si>
     <t>19352</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19352/2826.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19352/2826.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a edição de decreto determinando a reativação do teleférico e da pista de esqui, no bairro Floresta, como forma de fomento ao turismo de Petrópolis.</t>
   </si>
   <si>
     <t>22038</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Eduardo do Blog, Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22038/5070.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22038/5070.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL DE PETRÓPOLIS A NECESSIDADE DE PROJETO DE RESOLUÇÃO QUE INSTITUA O PRÊMIO "PETRÓPOLIS DESTAQUE TURÍSTICO" A SER INDICADO PELOS PARLAMENTARES DA CÂMARA MUNICIPAL DE PETRÓPOLIS-RJ.</t>
   </si>
   <si>
     <t>18153</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18153/1628.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18153/1628.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial, para análise e parecer do Plano Diretor de Turismo 2023-2030.</t>
   </si>
   <si>
     <t>19393</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Fred Procópio, Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19393/2867.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19393/2867.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE COMISSÃO ESPECIAL, PARA ANÁLISE E PARECER DO PLANO DIRETOR DE TURISMO 2023-2030</t>
   </si>
   <si>
     <t>17365</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17365/0840.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17365/0840.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de construção de um mirante turístico em parceria com a iniciativa privada, localizado na Rua Francisco Peixoto da Costa, (ao lado da igreja metodista), n.º 567, Caxambú.</t>
   </si>
   <si>
     <t>18377</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>Marcelo Chitão, Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18377/1852.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18377/1852.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de retorno dos ônibus de turismo na Rua Teresa, Alto da Serra.</t>
   </si>
   <si>
     <t>20110</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20110/3373.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20110/3373.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de funcionamento da Secretaria de Turismo de Petrópolis em sistema de plantão aos sábados, domingos e feriados, para atendimento ao turista.</t>
   </si>
   <si>
     <t>20111</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20111/3374.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20111/3374.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de implantação de um Centro de Informações Turísticas na nova sede da Secretaria de Turismo de Petrópolis.</t>
   </si>
   <si>
     <t>18087</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>GPPL</t>
   </si>
   <si>
     <t>GP Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Petrópolis</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18087/gp135.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18087/gp135.pdf</t>
   </si>
   <si>
     <t>GP 135/2023 PROJETO DE LEI QUE "INSTITUI O PLANO DIRETOR DE TURISMO DE PETRÓPOLIS PARA OS EXERCÍCIOS DE 2023- DE 2030," E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17440</t>
   </si>
   <si>
     <t>EMADI</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17440/0915.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17440/0915.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei 6384/2022.</t>
   </si>
   <si>
     <t>17439</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>EMEMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17439/0914.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17439/0914.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa à ementa e ao art. 3.º do Projeto de Lei 6384/2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -666,68 +666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16984/0459-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17203/0678.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17319/0794.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16540/0015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18576/2051.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19352/2826.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22038/5070.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18153/1628.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19393/2867.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17365/0840.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18377/1852.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20110/3373.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20111/3374.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18087/gp135.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17440/0915.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17439/0914.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16984/0459-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17203/0678.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18665/2140.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17319/0794.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16540/0015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18576/2051.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19352/2826.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22038/5070.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18153/1628.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19393/2867.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17365/0840.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18377/1852.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20110/3373.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20111/3374.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18087/gp135.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17440/0915.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17439/0914.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="226.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>