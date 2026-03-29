--- v0 (2025-12-18)
+++ v1 (2026-03-29)
@@ -54,336 +54,336 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>18454</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18454/1929.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18454/1929.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMPATILHAMENTO DE CÂMERAS DE SEGURANÇA E OU VIGILÃNCIA PRIVADA COM A PREFEITURA MUNICIPAL DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>18571</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18571/2046.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18571/2046.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO E ENFRENTAMENTO À ATENTADOS VIOLENTOS PRATICADOS NAS DEPENDÊNCIAS DAS ESCOLAS PÚBLICAS MUNICIPAIS E DA REDE CONVENIADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18598</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18598/2073.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18598/2073.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do serviço de Ronda Escolar no Município de Petrópolis e dá outras providências.</t>
   </si>
   <si>
     <t>18709</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18709/2184.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18709/2184.pdf</t>
   </si>
   <si>
     <t>TORNA A PREFEITURA MUNICIPAL DE PETRÓPOLIS, POR MEIO DA SECRETARIA MUNICIPAL DE SEGURANÇA E ORDEM PÚBLICA, OBRIGADA A ENVIAR À CÂMARA MUNICIPAL RELATÓRIO DETALHADO DO QUADRIMESTRE DA SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>18286</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18286/1761-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18286/1761-.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a edição de norma para inclusão das escolas da rede municipal de ensino no sistema de monitoramento da Secretaria de Serviços, Segurança e Ordem Pública - SEOP.</t>
   </si>
   <si>
     <t>18312</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18312/1787.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18312/1787.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a edição de norma para a criação do "Aplicativo Escola Segura" em toda rede municipal de ensino.</t>
   </si>
   <si>
     <t>18525</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18525/2000.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18525/2000.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que institua o Estabelecimento de Área Escolar de Segurança e Cidadania no entorno das Escolas Públicas, no âmbito do Município de Petrópolis, conforme anteprojeto a seguir:</t>
   </si>
   <si>
     <t>18546</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18546/2021-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18546/2021-.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a edição de norma que regulamente o uso de detectores de metal e catracas nas escolas públicas e privadas do município de Petrópolis</t>
   </si>
   <si>
     <t>18569</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18569/2044.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18569/2044.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legislativa que oportunize aos Guardas Civis Municipais da ativa a possibilidade de atuarem nas escolas públicas municipais nos dias de folgas e aos guardas civis municipais aposentados a retornarem ao serviço público especificamente para apoio na segurança das unidades escolares.</t>
   </si>
   <si>
     <t>18618</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18618/2093.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18618/2093.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de celebração de convênio do município de Petrópolis com a Polícia Militar do Estado do Rio de Janeiro através do Programa Estadual de Integração na Segurança - Proeis.</t>
   </si>
   <si>
     <t>20348</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20348/3580.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20348/3580.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o envio de projeto de lei a esta casa legistativa que dispõe sobre o monitoramente por câmeras digitais em eventos públicos temporários realizados em locais abertos ou fechados no município de Petrópolis</t>
   </si>
   <si>
     <t>16623</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16623/0098.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16623/0098.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de instalação da tecnologia de captura de imagens conhecida como "cerco inteligente" integrada ao CIMOP - Centro Integrado de Monitoramento e Operações de Petrópolis.</t>
   </si>
   <si>
     <t>16955</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16955/0430.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16955/0430.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ampliar o patrulhamento ostensivo da Guarda Civil nas dependências e imediações do Terminal Rodoviário Imperatriz Leopoldina, localizado na Rua Dr. Porciúncula, nº 58, Centro.</t>
   </si>
   <si>
     <t>18338</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18338/1813.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18338/1813.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de aumento do efetivo da Guarda Civil no Município de Petrópolis.</t>
   </si>
   <si>
     <t>18547</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18547/2022-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18547/2022-.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de aquisição e instalação de detectores de metal e catracas nas escolas públicas e privadas do município de Petrópolis</t>
   </si>
   <si>
     <t>18558</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18558/2033.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18558/2033.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo de Petrópolis - RJ a necessidade de contratação de empresa para prestação de segurança nas Escolas do Município enquanto medida de URGÊNCIA.</t>
   </si>
   <si>
     <t>19107</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19107/2582.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19107/2582.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de proceder com a intensificação da ronda escolar nas proximidades de acesso do Liceu Municipal Prefeito Cordolino Ambrósio, localizado na Rua Mentecaseros, 240 - Centro.</t>
   </si>
   <si>
     <t>19119</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19119/2594.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19119/2594.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de intensificar a ronda escolar nas proximidades de acesso do Liceu Municipal Prefeito Cordolino Ambrósio, localizado na Rua Montecaseros, 240 - Centro.</t>
   </si>
   <si>
     <t>20998</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20998/4139.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20998/4139.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a necessidade de ronda aos fins de semanas, para inibir usuários de drogas no local. Rua Miguel Destz, em frente ao prédio nº 30, Bairro Centro.</t>
   </si>
   <si>
     <t>21931</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21931/4976.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21931/4976.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DE PETRÓPOLIS - RJ A INSTALAÇÃO DE UM POSTO FIXO PARA A GUARDA CIVIL NO TERMINAL RODOVIÁRIO IMPERATRIZ LEOPOLDINA.</t>
   </si>
   <si>
     <t>22822</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22822/5760.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22822/5760.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade que seja alocado imediatamente, o ônibus da honrosa guarda civil no Terminal Rodoviário Imperatriz Leopoldina. Rua Dr. Porciúncula, N° 58. Bairro: Centro. Petrópolis / RJ. Pelo aumento de casos de violência no local, é fundamental resguardar a segurança dos usuários e transeuntes.</t>
   </si>
   <si>
     <t>22823</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22823/5761.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22823/5761.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade que seja alocado, imediatamente, Policiais Militares do programa Segurança Presente, preferencialmente, a partir das 18H, no interior do Terminal Rodoviário Imperatriz Leopoldina, localizado na Rua Dr. Porciúncula, N° 58. Bairro: Centro. Para resguardar a segurança dos usuários e transeuntes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -690,68 +690,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18454/1929.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18571/2046.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18598/2073.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18709/2184.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18286/1761-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18312/1787.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18525/2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18546/2021-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18569/2044.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18618/2093.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20348/3580.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16623/0098.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16955/0430.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18338/1813.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18547/2022-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18558/2033.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19107/2582.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19119/2594.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20998/4139.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21931/4976.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22822/5760.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22823/5761.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18454/1929.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18571/2046.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18598/2073.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18709/2184.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18286/1761-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18312/1787.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18525/2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18546/2021-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18569/2044.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18618/2093.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20348/3580.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16623/0098.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16955/0430.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18338/1813.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18547/2022-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18558/2033.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19107/2582.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19119/2594.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20998/4139.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21931/4976.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22822/5760.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22823/5761.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>