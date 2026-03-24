--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,393 +54,393 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16877</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16877/0352.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16877/0352.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA PEDRO LUIZ DIAS SITUADA PRÓXIMO A RODOVIA BR-040, KM57 ( LADO JUIZ DE FORA) - ITAIPAVA - PETRÓPOLIS/RJ NUMA EXTENSÃO DE APROXIMADAMENTE 150 MTS.</t>
   </si>
   <si>
     <t>17229</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17229/0704.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17229/0704.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA GUILHERME LEVANDEIRA VALÉRIO O LOGRADOURO PÚBLICO SITUADO PRÓXIMO A ESTRADA DE CASCATINHA COM INÍCIO NA RUA LOIO GALLUCI NÚMERO 1390 ATÉ O LIMITE ONDE SE INICIA A RUA DA CHÁCARA LOCALIZADA NO ALTO BOA VISTA.</t>
   </si>
   <si>
     <t>17237</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17237/0712.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17237/0712.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DOS SONHOS, O LOGRADOURO PÚBLICO, INICIANDO NA ESTRADA CORREIA DA VEIGA, Nº 2.450, ITAIPAVA.</t>
   </si>
   <si>
     <t>17279</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17279/0754.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17279/0754.pdf</t>
   </si>
   <si>
     <t>DENOMINA COMO PADRE FRANCISCO MONTEMEZZO, O PRÉDIO LOCALIZADO NA RUA CORONEL ALBINO SIQUEIRA, Nº114, ALTO DA SERRA.</t>
   </si>
   <si>
     <t>17595</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17595/1070.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17595/1070.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA CARLOS ALBERTO CASTILHO", O LOGRADOURO PÚBLICO LOCALIZADO NA RUA VICENZO RIVETTI, PRÓXIMO AO Nº 100, AO LADO DO RESIDENCIAL VICENZO RIVETTI - CONDOMÍNIOS 1, 2 E 3 - BAIRRO CARANGOLA.</t>
   </si>
   <si>
     <t>17703</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17703/1178.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17703/1178.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO "JOSÉ ALBINO DE OLIVEIRA" localizada próxima à área de manobra do ônibus da linha 523 - Estrada da Saudade.</t>
   </si>
   <si>
     <t>17918</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17918/1393.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17918/1393.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA ODYR CARNEIRO" O LOGRADOURO PÚBLICO COM APROXIMADAMENTE 270 METROS DE EXTENSÃO, QUE SE INICIA NO Nº 2333, DA ESTRADA DA SAUDADE, ATÉ O ENTRONCAMENTO DA RUA MACHADO FAGUNDES COM A RUA PAULO RUDGE, NO BAIRRO ESTRADA DA SAUDADE, 2º DISTRITO DE PETRÓPOLIS/RJ.</t>
   </si>
   <si>
     <t>18092</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18092/1567-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18092/1567-.pdf</t>
   </si>
   <si>
     <t>DENOMINA "SERVIDÃO DO AÇUDE" O LOGRADOURO PÚBLICO LOCALIZADO NA ESTRADA VELHA DA ESTRELA, ALTURA DO NÚMERO 1.505, PRÓXIMO AO "CACHOEIRAS BAR", ALTO DA SERRA, PETRÓPOLIS.</t>
   </si>
   <si>
     <t>18213</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18213/1688.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18213/1688.pdf</t>
   </si>
   <si>
     <t>ALTERA O Art. 1° DA LEI 1 909 1964.</t>
   </si>
   <si>
     <t>18449</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18449/1924.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18449/1924.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Braulio Isnard Carsalade, iniciando na RJ 123, km 10,1, em Secretário, distrito de Pedro do Rio, Petrópolis-RJ.</t>
   </si>
   <si>
     <t>18542</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18542/2017.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18542/2017.pdf</t>
   </si>
   <si>
     <t>DENOMINA "PRAÇA ALCEBIADES CORREA DE MELO" A PRAÇA EXISTENTE NA TRAVESSA CÂNDIDO BORSATO, EM FRENTE AO N.º 901, ALTO BOA VISTA, BAIRRO CASCATINHA, 2º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>18647</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18647/2122.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18647/2122.pdf</t>
   </si>
   <si>
     <t>Denomina como Servidão Maria Pitzer de Gonçalves, trecho delimitado, partindo de ladeira situada na BR 040, sentido Terminal Rodoviário Leonel Brizola, nas proximidades do Km 81, Contorno - Petrópolis/RJ, cujo término se dará no fim de Rua sem saída, totalizando aproximadamente 250m.</t>
   </si>
   <si>
     <t>19236</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19236/2711.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19236/2711.pdf</t>
   </si>
   <si>
     <t>Denomina Praça Pública, situada na Rua Alberto de Oliveira, próximo ao nº 514, Mosela - Petrópolis/RJ, com nome de: Praça Dr. Natalício Lopes de Farias.</t>
   </si>
   <si>
     <t>19819</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Hingo Hammes, Domingos Protetor, Dr. Mauro Peralta, Dudu, Eduardo do Blog, Fred Procópio, Gil Magno, Gilda Beatriz, Júnior Coruja, Júnior Paixão, Léo França, Marcelo Chitão, Marcelo Lessa, Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19819/0596-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19819/0596-.pdf</t>
   </si>
   <si>
     <t>DENOMINA QUADRA GILSON RICARDO, A QUADRA ESPORTIVA LOCALIZADA NA PRAÇA MIGUEL COUTO NO BAIRRO ALTO DA SERRA, NO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>20001</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Léo França</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20001/3299.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20001/3299.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da quadra pública de esportes localizada na Rua Henrique João da Cruz, 300, Estrada da Saudade (Boa Vista), Petrópolis - RJ.</t>
   </si>
   <si>
     <t>20134</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20134/3384.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20134/3384.pdf</t>
   </si>
   <si>
     <t>DENOMINA MIRANTE DE ITAIPAVA, LOGRADOURO PÚBLICO, QUE SE INICIA NA SERVIDÃO CELITA DE OLIVEIRA AMARAL, ITAIPAVA.</t>
   </si>
   <si>
     <t>20603</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20603/3778-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20603/3778-.pdf</t>
   </si>
   <si>
     <t>DENOMINA "SERVIDÃO PEDRA DO CRISTO" O LOGRADOURO PÚBLICO LOCALIZADO NA ESTRADA VELHA DA ESTRELA, NA ALTURA DOS NÚMEROS 256 AO 257 J, ALTO DA SERRA - PETRÓPOLIS.</t>
   </si>
   <si>
     <t>20604</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20604/3779.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20604/3779.pdf</t>
   </si>
   <si>
     <t>DENOMINA "SERVIDÃO DOS COQUEIROS" O LOGRADOURO PÚBLICO LOCALIZADO NA ESTRADA VELHA DA ESTRELA , NA ALTURA DOS NÚMEROS 464 AO 469, BAIRRO ALTO DA SERRA - PETRÓPOLIS.</t>
   </si>
   <si>
     <t>21021</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21021/4162.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21021/4162.pdf</t>
   </si>
   <si>
     <t>Denomina " Rua Joaquim de Andrade" o logradouro público localizado após a Rua Aureliano Pires na altura do nº 641, na localidade denominada Santa Isabel, Bairro Caxambu, neste Município.</t>
   </si>
   <si>
     <t>21235</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21235/4358.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21235/4358.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO AMANDIO ZAINOTTE LOGRADOURO PÚBLICO LOCALIZADO NA RUA QUISSAMÃ PRÓXIMO AO Nº 1417.</t>
   </si>
   <si>
     <t>21237</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21237/4360.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21237/4360.pdf</t>
   </si>
   <si>
     <t>Denomina Servidão Joffre Fontaine, o logradouro público, com extensão de 150 metros, cujo acesso se dá pela Rua Quissamã 1227, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>22320</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22320/5316.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22320/5316.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO JOÃO DE FREITAS LOGRADOURO PÚBLICO LOCALIZADO NA RUA BATAILLARD, PRÓXIMO AO Nº 905, AO LADO DA ESCOLA MUNICIPAL BATTAILARD.</t>
   </si>
   <si>
     <t>22471</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22471/5453.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22471/5453.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA GANSO DOURADO O LOGRADOURO PÚBLICO, INICIANDO NA ESTRADA RETIRO DAS PEDRAS, EM PEDRO DO RIO, 4º DISTRITO DE PETÓPOLIS-RJ.</t>
   </si>
   <si>
     <t>22516</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22516/5484.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22516/5484.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DOUTOR PAULO OSÓRIO, LOGRADOURO PÚBLICO LOCALIZADO NO BAIRRO DE ARARAS.</t>
   </si>
   <si>
     <t>22629</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22629/5579.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22629/5579.pdf</t>
   </si>
   <si>
     <t>DENOMINA A SERVIDÃO PHILOMENA REIS DOS SANTOS, A LOGRADOURO PÚBLICO.</t>
   </si>
   <si>
     <t>22729</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22729/5667.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22729/5667.pdf</t>
   </si>
   <si>
     <t>Denomina como logradouro público no município de Petrópolis, a Rua H, no Loteamento Parque Bonclima, Bonsucesso.</t>
   </si>
   <si>
     <t>23320</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/23320/6258.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/23320/6258.pdf</t>
   </si>
   <si>
     <t>Denomina como logradouro público a Rua Carlos Alves da Cunha, em trecho situado a partir do final da Rua João Muniz Constâncio, Itaipava - Petrópolis/RJ, em frente nº440, numa extensão de 100,77 metros de comprimento, por aproximadamente 6m de largura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -747,68 +747,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16877/0352.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17229/0704.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17237/0712.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17279/0754.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17595/1070.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17703/1178.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17918/1393.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18092/1567-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18213/1688.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18449/1924.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18542/2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18647/2122.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19236/2711.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19819/0596-.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20001/3299.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20134/3384.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20603/3778-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20604/3779.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21021/4162.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21235/4358.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21237/4360.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22320/5316.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22471/5453.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22516/5484.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22629/5579.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22729/5667.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/23320/6258.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/16877/0352.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17229/0704.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17237/0712.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17279/0754.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17595/1070.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17703/1178.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/17918/1393.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18092/1567-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18213/1688.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18449/1924.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18542/2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/18647/2122.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19236/2711.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/19819/0596-.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20001/3299.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20134/3384.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20603/3778-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/20604/3779.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21021/4162.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21235/4358.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/21237/4360.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22320/5316.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22471/5453.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22516/5484.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22629/5579.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/22729/5667.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2023/23320/6258.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="184.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>