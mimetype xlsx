--- v0 (2025-12-17)
+++ v1 (2026-03-24)
@@ -54,1635 +54,1635 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23335</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Domingos Protetor</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23335/0003.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23335/0003.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo. Rua Cristóvão Colombo, próximo ao n° 1096. Referência: Perto da quadra.</t>
   </si>
   <si>
     <t>23351</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23351/0019.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23351/0019.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo e entulho em toda extensão da Rua Euclides da Cunha, bairro Castelânea.</t>
   </si>
   <si>
     <t>23359</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23359/0027.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23359/0027.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro e desobstrução da rede. Rua Teresa, próximo aos números: 1.040 e 1.042. Bairro: Alto da Serra. Referência: Em frente a loja Rô-Fran.</t>
   </si>
   <si>
     <t>23367</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23367/0035.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23367/0035.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de proceder com a coleta de lixo na Rua Emilio Zanatta, próximo ao número 767 - Pedro do Rio.</t>
   </si>
   <si>
     <t>23510</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Dr. Mauro Peralta</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23510/0178.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23510/0178.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE DESENTUPIMENTO DA REDE DE ESGOTO NA RUA PADRE CARLOS CALERI EM FRENTE AO N°154 C, CASCATINHA.</t>
   </si>
   <si>
     <t>23545</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23545/0213.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23545/0213.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução da rede de captação de águas, localizada na Rua Manoel Marques de Azevedo, Nova Cascatinha.</t>
   </si>
   <si>
     <t>23561</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23561/0229.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23561/0229.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Darci Correia da Veiga, Santa Mônica - Itaipava.</t>
   </si>
   <si>
     <t>23605</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23605/0273.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23605/0273.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar a retirada de lixo e entulho em toda extensão da Rua Antônio Kronemberger, bairro Bingen.</t>
   </si>
   <si>
     <t>23619</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23619/0287.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23619/0287.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo e entulho em toda extensão da Rua Capitão Antônio Francisco Magalhães (rua atrás do Multimix), bairro Bingen.</t>
   </si>
   <si>
     <t>23633</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23633/0301.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23633/0301.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar a retirada de lixo e entulho na Rua Professor João de Deus, próximo ao nº 909, bairro Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>23642</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23642/0310.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23642/0310.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo e entulho em toda extensão da Rua da Represa, bairro Caxambu.</t>
   </si>
   <si>
     <t>23684</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23684/0352.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23684/0352.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo e entulho na Estrada Neuza Goulart Brizola, altura do nº 2244 - ponto final do Santa Mônica, Itaipava.</t>
   </si>
   <si>
     <t>23712</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23712/0380.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23712/0380.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Coronel Fabrício de Mattos, N° 167. Bairro: Valparaíso.</t>
   </si>
   <si>
     <t>23713</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23713/0381.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23713/0381.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua dos Ferroviários, em frente a escadaria da Servidão Francisco Videira, S/N°. Bairro: Alto da Serra.</t>
   </si>
   <si>
     <t>23714</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23714/0382.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23714/0382.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo. Rua República do Peru, próximo ao n° 239. Bairro: Quitandinha.</t>
   </si>
   <si>
     <t>23786</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23786/0454.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23786/0454.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desratização por toda extensão da Rua João Nunes Gouvêa (Rua da Pedra), Nova Cascatinha.</t>
   </si>
   <si>
     <t>23817</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23817/0485.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23817/0485.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Desembargador Rafael Gondim, Castelo São Manoel - Corrêas.</t>
   </si>
   <si>
     <t>23818</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23818/0486.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23818/0486.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirar o lixo verde, na Rua Marquês de Paraná, 160 - Coronel Veiga.</t>
   </si>
   <si>
     <t>23840</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23840/0508.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23840/0508.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desentupimento de bueiros em toda extensão da Estrada Mineira, localizada no Bairro Corrêas.</t>
   </si>
   <si>
     <t>23851</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23851/0519.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23851/0519.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza e desobstrução dos bueiros localizados na Rua Retiro das Pedras, em toda sua extensão, no bairro de Pedro do Rio.</t>
   </si>
   <si>
     <t>23894</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23894/0562.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23894/0562.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo na Rua Itaperuna, lote 5, casa 2 - Quitandinha.</t>
   </si>
   <si>
     <t>24019</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24019/0687.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24019/0687.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo. Estrada União e Indústria. Referência: ao lado do ponto de ônibus, n° 14.390. Bairro: Itaipava.</t>
   </si>
   <si>
     <t>24044</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24044/0712.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24044/0712.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de proceder com a manutenção e limpeza ( toda extensão) ,da Rua Pedro Nava, situado no Bairro: Cascatinha Petrópolis- Rj.</t>
   </si>
   <si>
     <t>24066</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24066/0734.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24066/0734.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro e desobstrução da rede do bueiro na Rua Bingen nº690, Bairro Bingen.</t>
   </si>
   <si>
     <t>24067</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24067/0735.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24067/0735.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro e desobstrução da rede do bueiro na Rua Henrique Rafard, Bairro Capela.</t>
   </si>
   <si>
     <t>24068</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24068/0736.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24068/0736.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro e desobstrução da rede do bueiro na Rua Expedicionários nº205, Bairro Manoel Torres.</t>
   </si>
   <si>
     <t>24069</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24069/0737.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24069/0737.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro e desobstrução da rede do bueiro na Rua Quarteirão E nº896, Bairro Quarteirão Ingelheim.</t>
   </si>
   <si>
     <t>24124</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24124/0792.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24124/0792.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza na Academia da Terceira Idade, na Rua João Amâncio de Souza Coutinho, Rua 11, Conjunto Habitacional no Castelo São Manoel, em Corrêas.</t>
   </si>
   <si>
     <t>24148</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24148/0816.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24148/0816.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar limpeza em bueiro na Rua Bingen, próximo ao nº 892, no ponto de ônibus, bairro Bingen.</t>
   </si>
   <si>
     <t>24150</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24150/0818.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24150/0818.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar a limpeza em bueiros na Rua Vicenzo Rivetti, Conjunto Habitacional Augusto Zanata, toda extensão, bairro Carangola.</t>
   </si>
   <si>
     <t>24165</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24165/0833.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24165/0833.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar a desratização na Estrada Vicenzo Rivetti, Conjunto Habitacional Augusto Ângelo Zanata (casinhas), bairro Carangola.</t>
   </si>
   <si>
     <t>24189</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24189/0857.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24189/0857.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução de um bueiro, localizado na Rua Hivio Naliato, nº 809, em Cascatinha.</t>
   </si>
   <si>
     <t>24211</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24211/0879.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24211/0879.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das canaletas de águas pluviais na Rua Atílio Marotti, 610 – Quarteirão Brasileiro.</t>
   </si>
   <si>
     <t>24288</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24288/0956.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24288/0956.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desratização na Rua Dr. Henrique Paixão, nº 1.177, Floresta.</t>
   </si>
   <si>
     <t>24294</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24294/0962.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24294/0962.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo na Rua do Túnel, próximo ao número 1609 - Quissamã.</t>
   </si>
   <si>
     <t>24369</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24369/1037.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24369/1037.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Armando Fraguas Nogueira, Comunidade do Gulf - Coronel Veiga.</t>
   </si>
   <si>
     <t>24386</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24386/1054.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24386/1054.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de proceder com a desobstrução da galeria localizada na Rua Otto Reimaros, número 235 situado no Bairro Lopes Trovão.</t>
   </si>
   <si>
     <t>24428</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24428/1096.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24428/1096.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Manoel Leal Nunes – Itaipava.</t>
   </si>
   <si>
     <t>24449</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>Hingo Hammes</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24449/1117.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24449/1117.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Estrada União Indústria, próximo ao N° 10.550, no bairro Itaipava - Petrópolis - RJ.</t>
   </si>
   <si>
     <t>24465</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24465/1133.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24465/1133.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS EM TODA EXTENSÃO DA RUA BAHIA, Nº 37, NOGUEIRA - PETRÓPOLIS/RJ, ESPECIALMENTE PRÓXIMO AO COLÉGIO DINAMICO.</t>
   </si>
   <si>
     <t>24497</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24497/1165.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24497/1165.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza em toda extensão da Rua Braz Rossi, bairro Nogueira.</t>
   </si>
   <si>
     <t>24644</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24644/1312.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24644/1312.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de regularização da coleta de lixo na Servidão Alzira Conceição , no bairro Bonfim - Petrópolis -RJ.</t>
   </si>
   <si>
     <t>24655</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24655/1323.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24655/1323.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE COLETA DE LIXO EM TODA EXTENSÃO DA RUA MANOEL FRANCISCO DE PAULA, 810 – SIMÉRIA.</t>
   </si>
   <si>
     <t>24659</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24659/1327.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24659/1327.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Leonor Maia, próximo ao n° 85. Bairro: Alto Independência.</t>
   </si>
   <si>
     <t>24662</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24662/1330.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24662/1330.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Morro dos Ferroviários, S/N°. Bairro: Alto da Serra.</t>
   </si>
   <si>
     <t>24699</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24699/1367.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24699/1367.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de implementação de uma coleta regular de lixo em toda extensão da Rua Benjamin Galotti, localizada em Itaipava.</t>
   </si>
   <si>
     <t>24760</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24760/1428.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24760/1428.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo. Em toda extensão da Servidão José Prata. Bairro: Siméria.</t>
   </si>
   <si>
     <t>24793</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24793/1461.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24793/1461.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Rua Martins José Santana, em frente ao número 324 (abaixo da quadra de esportes), no bairro Côrreas - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>24795</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24795/1463.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24795/1463.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Rua Conde D'Eu, (Servidão João Leite), no bairro Castelânea - Petrópolis-RJ.</t>
   </si>
   <si>
     <t>24835</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24835/1503.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24835/1503.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Manoel Feo, bairro Taquara.</t>
   </si>
   <si>
     <t>24842</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24842/1510.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24842/1510.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Pará, bairro Quitandinha.</t>
   </si>
   <si>
     <t>24843</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24843/1511.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24843/1511.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Acre, bairro Quitandinha.</t>
   </si>
   <si>
     <t>24865</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24865/1533.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24865/1533.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza, com o uso de caminhão pipa, das ruas ao entorno da Praça de Nogueira, localizada na Rua Braz Rossi, nº 396, em Nogueira.</t>
   </si>
   <si>
     <t>24995</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24995/1663.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24995/1663.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar recolhimento de lixo verde das calçadas na Servidão Agostinho Bernardo - Cidade Nova, bairro Carangola.</t>
   </si>
   <si>
     <t>25033</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25033/1701.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25033/1701.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar varrição em toda extensão da Rua Zenobio Pozzato, bairro Chácara Flora.</t>
   </si>
   <si>
     <t>25118</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25118/1786.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25118/1786.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de proceder com a manutenção e limpeza em toda extensão da Rua Condessa Barbosa, situada no Bairro: Corrêas.</t>
   </si>
   <si>
     <t>25324</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25324/1992.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25324/1992.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Mosela, em frente ao nº 1.441, no bairro Mosela - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25325</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25325/1993.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25325/1993.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Mosela, em frente ao nº 983, no bairro Mosela - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25326</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25326/1994.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25326/1994.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Bingen, em frente ao nº 50, no bairro Bingen - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25352</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25352/2020.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25352/2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução dos bueiros que se encontram entupidos e conserto das manilhas na Rua Dias de Oliveira, prox. ao número 293 até a Rua Nancy Cotia – Duarte da Silveira.</t>
   </si>
   <si>
     <t>25354</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25354/2022.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25354/2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução do bueiro que se encontra entupido em frente a Escola Municipal Paulo Freire, na Rua Buarque de Macedo, 53 – Morin.</t>
   </si>
   <si>
     <t>25355</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25355/2023.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25355/2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da retirada do lixo verde que foi deixado pela Enel em cima das calçadas, após poda de árvores que estavam sobre a fiação elétrica na Rua Duque de Caxias, altura do nº 193 até o nº 353 – Vila Militar.</t>
   </si>
   <si>
     <t>25384</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25384/2052.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25384/2052.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de um caminhão com hidrojateamento para realizar um processo de limpeza de galeria de rede esgoto e bueiros pluvial no Bairro Alto da Serra.</t>
   </si>
   <si>
     <t>25390</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25390/2058.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25390/2058.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo verde sobre a calçada na Rua Duque de Caxias nº356, Bairro Vila Militar.</t>
   </si>
   <si>
     <t>25420</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25420/2088.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25420/2088.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de providências quanto a coleta de lixo na Rua Vereador Decio Nicolay, a partir do nº 215 – Quitandinha.</t>
   </si>
   <si>
     <t>25439</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25439/2107.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25439/2107.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo verde, Localizado na Rua Almirante Paulo Meira n° 505, Bairro Araras.</t>
   </si>
   <si>
     <t>25524</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25524/2192.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25524/2192.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Caldas Viana, em frente ao nº 25, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25525</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25525/2193.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25525/2193.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua do Imperador, em frente ao nº 1085, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25526</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25526/2194.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25526/2194.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua do Imperador, em frente ao nº 78, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25527</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25527/2195.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25527/2195.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Bingen, em frente ao nº 130, no bairro Bingen - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25654</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25654/2322.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25654/2322.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza e desobstrução do bueiro na Rua Rockfeller, número 55, no bairro Valparaiso - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25655</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25655/2323.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25655/2323.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza e desobstrução do bueiro na Rua Francisco Manoel, número 153, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25658</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25658/2326.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25658/2326.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução e limpeza do bueiro na Rua Montecaseros, em frente ao nº 116, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25670</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25670/2338.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25670/2338.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desratização por toda extensão da Rua Eulália de Almeida Matos Oliveira, Samambaia.</t>
   </si>
   <si>
     <t>25672</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25672/2340.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25672/2340.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Estrada dos Eucaliptos, próximo ao número 1.300 - no bairro Fazenda Inglesa – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>25676</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25676/2344.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25676/2344.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de que seja regularizada a coleta de lixo dando inicio na entrada da Estrada das Arcas até o ponto final de Santa Monica, localizado no distrito de Itaipava.</t>
   </si>
   <si>
     <t>25710</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25710/2378.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25710/2378.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar dragagem e limpeza em toda a extensão do Rio Carvão, ao longo da Estrada das Arcas e Estrada da Divisa, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25775</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25775/2443.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25775/2443.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza e a colocação de mais 02 (duas) caçambas de lixo para atender os moradores e comerciantes na Estrada Philuvio Cerqueira Rodrigues, ao lado do número 2400 situado no bairro Itaipava, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25824</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25824/2492.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25824/2492.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Teresa, em frente ao n° 664 (Loja Damana). Bairro: Alto da Serra.</t>
   </si>
   <si>
     <t>25828</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25828/2496.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25828/2496.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade do recolhimento dos galhos de árvores na Rua Paris, no final da via, no bairro Retiro, Petrópolis – RJ.</t>
   </si>
   <si>
     <t>25830</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25830/2498.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25830/2498.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo Rua dos Eucaliptos, no bairro Fazenda Inglesa – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>25897</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25897/2565.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25897/2565.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo verde, na Estrada das Pitangas próximo ao número, 80 localizado no bairro lajinha no distrito de Itaipava.</t>
   </si>
   <si>
     <t>25901</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25901/2569.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25901/2569.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de implementação de um sistema de drenagem urbana na Rua Lopes Trovão N° 1573 Caminho do Ouro, tal medida se faz necessária a pedido dos moradores.</t>
   </si>
   <si>
     <t>25963</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25963/2631.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25963/2631.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Felipe Camarão, próximo à escadaria do Neylor, bairro Retiro.</t>
   </si>
   <si>
     <t>25967</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25967/2635.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25967/2635.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de equipe de varrição em toda extensão da Rua Manoel Torres, bairro Bingen.</t>
   </si>
   <si>
     <t>25968</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25968/2636.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25968/2636.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de equipe de varrição em toda extensão da Rua dos Expedicionários, bairro Bingen.</t>
   </si>
   <si>
     <t>25969</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25969/2637.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25969/2637.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de equipe de varrição em toda extensão da Rua Alice Hervê, bairro Bingen.</t>
   </si>
   <si>
     <t>25984</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25984/2652.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25984/2652.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de coleta de lixo em toda extensão da Rua Vital Brasil, bairro São Sebastião.</t>
   </si>
   <si>
     <t>25991</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25991/2659.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25991/2659.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar desobstrução de canaleta de captação de águas pluviais no final da Rua Dias de Oliveira, local conhecido como Comunidade Ubirajara, Bairro Duarte da Silveira.</t>
   </si>
   <si>
     <t>26184</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26184/2852.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26184/2852.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Vila São Joaquim, Espírito Santo, bairro Quitandinha.</t>
   </si>
   <si>
     <t>26185</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26185/2853.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26185/2853.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Rua Araruama, Espírito Santo, bairro Quitandinha.</t>
   </si>
   <si>
     <t>26186</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26186/2854.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26186/2854.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Rua Ceará, Espírito Santo, bairro Quitandinha.</t>
   </si>
   <si>
     <t>26187</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26187/2855.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26187/2855.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Rua Amazonas, Espírito Santo, bairro Quitandinha.</t>
   </si>
   <si>
     <t>26188</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26188/2856.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26188/2856.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Rua Pará, Espírito Santo, bairro Quitandinha.</t>
   </si>
   <si>
     <t>26321</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26321/2989.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26321/2989.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Estrada do Palmital - próximo ao número 880, no bairro Nogueira – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>26328</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26328/2996.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26328/2996.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Avenida General Marciano Magalhães, no bairro Morin – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>26330</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26330/2998.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26330/2998.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Rua Augusto Severo, no bairro Morin – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>26331</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26331/2999.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26331/2999.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da regularização da coleta de lixo na Rua Presidente Tancredo, em frente ao número 247, no bairro São Sebastião – Petrópolis-RJ.</t>
   </si>
   <si>
     <t>26332</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26332/3000.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26332/3000.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar recolhimento de lixo verde das calçadas da Rua Colômbia, Bairro Quitandinha.</t>
   </si>
   <si>
     <t>26333</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26333/3001.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26333/3001.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo em toda extensão da Rua Romeu Sutter (rua do Detran), bairro Alto da Serra.</t>
   </si>
   <si>
     <t>26414</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26414/3082.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26414/3082.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo verde na Servidão Orlinda Schonwandt, ao lado da Creche Henrique Vanzan, localizada na Rua Bernardo Proença, n.º 649, Bairro Itamarati.</t>
   </si>
   <si>
     <t>26416</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26416/3084.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26416/3084.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo na Rua Dr. Modesto Guimarães, altura do n.º 72, Bairro Carangola.</t>
   </si>
   <si>
     <t>26467</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26467/3135.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26467/3135.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza da caçamba de lixo. Rua Vereador Orlindo Didati, n° 49. Referência: próximo ao Clube Rancho do Amor. Bairro: Estrada da Saudade.</t>
   </si>
   <si>
     <t>26522</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26522/3190.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26522/3190.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE PETRÓPOLIS/RJ SEJA RETIRADO O EXCESSO DE LIXO VERDE EM TODA EXTENSÃO DA ESTRADA DA VARGEM GRANDE, BAIRRO FAZENDA INGLESA, [REFERÊNCIA: ROCIO], COM VISTAS À NOTÓRIA IMPRESCINDIBILIDADE DA MEDIDA.</t>
   </si>
   <si>
     <t>26595</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26595/3263.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26595/3263.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal a necessidade do restabelecimento do serviço de coleta e remoção de lixo bem como a manutenção e reforma de lixeiras e construção de novos pontos de coleta de lixo, na Estrada do Brejal e na Estrada Arnaldo Dickerhoff - Posse.</t>
   </si>
   <si>
     <t>26618</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>Júlia Casamasso</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26618/3286.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26618/3286.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE LIMPEZA DOS BUEIROS E CALÇADA NA ESTRADA UNIÃO E INDÚSTRIA, PRÓXIMO AO NÚMERO 4000, CORRÊAS.</t>
   </si>
   <si>
     <t>26625</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26625/3293.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26625/3293.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza da caçamba de lixo. Estrada União Indústria, em frente ao n° 17.689. Bairro Pedro do Rio.</t>
   </si>
   <si>
     <t>26657</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26657/3325.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26657/3325.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de retirada de lixo na Rua Pedras Brancas, altura do n.º 61, Bairro Mosela.</t>
   </si>
   <si>
     <t>26702</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26702/3370.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26702/3370.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar desobstrução de bueiro na Rua Manoel Torres, altura do n.º 390 - Em frente a Associação de Moradores - Manoel Torres, Bairro Bingen.</t>
   </si>
   <si>
     <t>26707</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26707/3375.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26707/3375.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desentupimento de um bueiro, na Rua João Wendlling, próx. ao nº 220, no bairro Mosela.</t>
   </si>
   <si>
     <t>26721</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26721/3389.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26721/3389.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Nelson Roncoroni, próximo ao número 128. Bairro: Morin.</t>
   </si>
   <si>
     <t>26729</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26729/3397.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26729/3397.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade da retirada de lixo verde na Rua Fagundes Varela, em frente ao número 162, no bairro Centro - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>26799</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26799/3467.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26799/3467.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza da caçamba de lixo. Rua Espírito Santo, número 46. Bairro Quitandinha.</t>
   </si>
   <si>
     <t>26806</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26806/3474.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26806/3474.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Alberto Martins, número 130. Bairro Floresta.</t>
   </si>
   <si>
     <t>26807</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26807/3475.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26807/3475.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Dr. João Glass Veiga, número 300. Bairro Floresta. CEP: 24.615-110.</t>
   </si>
   <si>
     <t>26837</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26837/3505.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26837/3505.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de DESRATIZAÇÃO EM TODA A EXTENSÃO DA RUA FLORESTA, BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>26846</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26846/3514.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26846/3514.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Morro dos Ferroviários. Referência: Subir ao lado da Lanchonete Comilão Lanches, virar primeira entrada à direita, próximo ao número 20. Bairro Alto da Serra.</t>
   </si>
   <si>
     <t>26847</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26847/3515.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26847/3515.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Glauco Rocha, número 525. Referência: em frente s Servidão Djanira Silveira. Bairro Independência.</t>
   </si>
   <si>
     <t>26918</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26918/3586.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26918/3586.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza das caçambas de lixo. Rua Goiás, número 40, Rio de Janeiro. Bairro: Quitandinha.</t>
   </si>
   <si>
     <t>27018</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27018/3686.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27018/3686.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de serviço de limpeza e reforma da lixeira situada na Rua Max Manoel Molter, próximo ao ponto final, situado no bairro Quarteirão Brasileiro, Petrópolis/RJ.</t>
   </si>
   <si>
     <t>27027</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27027/3695.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27027/3695.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpeza do bueiro, Localizado Estrada Ministro Salgado Filho ao lado da pousada Tucano até condomínio Sto Antônio da providência, Bairro Itaipava.</t>
   </si>
   <si>
     <t>27028</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27028/3696.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27028/3696.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de instalação de faixa de pedestre enfrente ao colégio Padre Quinha Cuiabá, Localizado na Estrada Ministro Salgado Filho, 4839, Bairro Itaipava, Bairro Itaipava.</t>
   </si>
   <si>
     <t>27118</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27118/3786.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27118/3786.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo na Rua Veridiano Félix, em frente ao n.º 169, bairro Estrada da Saudade.</t>
   </si>
   <si>
     <t>27124</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27124/3792.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27124/3792.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de recolhimento de lixo em toda extensão da Estrada dos Eucaliptos/Gaviões, bairro Fazenda Inglesa.</t>
   </si>
   <si>
     <t>27129</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27129/3797.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27129/3797.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar recolhimento de lixo verde em toda extensão da Avenida Paulista - Castelo São Manoel, Bairro Correas.</t>
   </si>
   <si>
     <t>27130</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27130/3798.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27130/3798.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar limpeza em bueiros na Rua Washington Luiz, altura do n.º 1207 (em frente a Loja Pescados do Mar) - Duas Pontes, Bairro Centro.</t>
   </si>
   <si>
     <t>27139</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27139/3807.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27139/3807.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de realizar desobstrução de bueiro na Rua Bernardo Proença, altura do Nº 810 - Em frente ao Campo do Cascatinha. Do lado direito da Rua, depois da UPA, Bairro Itamarati.</t>
   </si>
   <si>
     <t>27144</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27144/3812.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27144/3812.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de regularização da coleta de lixo em toda extensão da Rua 24 de Maio, bairro Centro.</t>
   </si>
   <si>
     <t>27165</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27165/3833.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27165/3833.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de limpar e desentupir as valetas em toda extensão, Localizado na Estrada da Mombaça, Bairro Araras.</t>
   </si>
   <si>
     <t>27166</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27166/3834.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27166/3834.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de necessidade de limpeza e coleta de lixo, Localizado na Rua Travessa Luiz Mendes Rodrigues n° 239, após a praça, Bairro Cascatinha.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1989,68 +1989,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23335/0003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23351/0019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23359/0027.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23367/0035.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23510/0178.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23545/0213.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23561/0229.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23605/0273.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23619/0287.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23633/0301.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23642/0310.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23684/0352.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23712/0380.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23713/0381.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23714/0382.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23786/0454.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23817/0485.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23818/0486.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23840/0508.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23851/0519.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23894/0562.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24019/0687.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24044/0712.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24066/0734.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24067/0735.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24068/0736.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24069/0737.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24124/0792.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24148/0816.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24150/0818.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24165/0833.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24189/0857.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24211/0879.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24288/0956.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24294/0962.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24369/1037.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24386/1054.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24428/1096.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24449/1117.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24465/1133.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24497/1165.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24644/1312.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24655/1323.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24659/1327.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24662/1330.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24699/1367.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24760/1428.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24793/1461.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24795/1463.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24835/1503.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24842/1510.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24843/1511.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24865/1533.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24995/1663.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25033/1701.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25118/1786.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25324/1992.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25325/1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25326/1994.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25352/2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25354/2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25355/2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25384/2052.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25390/2058.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25420/2088.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25439/2107.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25524/2192.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25525/2193.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25526/2194.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25527/2195.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25654/2322.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25655/2323.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25658/2326.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25670/2338.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25672/2340.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25676/2344.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25710/2378.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25775/2443.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25824/2492.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25828/2496.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25830/2498.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25897/2565.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25901/2569.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25963/2631.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25967/2635.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25968/2636.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25969/2637.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25984/2652.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25991/2659.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26184/2852.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26185/2853.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26186/2854.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26187/2855.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26188/2856.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26321/2989.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26328/2996.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26330/2998.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26331/2999.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26332/3000.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26333/3001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26414/3082.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26416/3084.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26467/3135.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26522/3190.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26595/3263.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26618/3286.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26625/3293.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26657/3325.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26702/3370.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26707/3375.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26721/3389.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26729/3397.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26799/3467.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26806/3474.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26807/3475.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26837/3505.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26846/3514.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26847/3515.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26918/3586.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27018/3686.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27027/3695.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27028/3696.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27118/3786.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27124/3792.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27129/3797.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27130/3798.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27139/3807.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27144/3812.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27165/3833.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27166/3834.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23335/0003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23351/0019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23359/0027.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23367/0035.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23510/0178.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23545/0213.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23561/0229.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23605/0273.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23619/0287.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23633/0301.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23642/0310.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23684/0352.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23712/0380.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23713/0381.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23714/0382.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23786/0454.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23817/0485.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23818/0486.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23840/0508.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23851/0519.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23894/0562.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24019/0687.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24044/0712.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24066/0734.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24067/0735.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24068/0736.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24069/0737.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24124/0792.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24148/0816.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24150/0818.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24165/0833.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24189/0857.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24211/0879.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24288/0956.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24294/0962.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24369/1037.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24386/1054.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24428/1096.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24449/1117.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24465/1133.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24497/1165.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24644/1312.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24655/1323.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24659/1327.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24662/1330.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24699/1367.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24760/1428.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24793/1461.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24795/1463.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24835/1503.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24842/1510.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24843/1511.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24865/1533.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24995/1663.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25033/1701.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25118/1786.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25324/1992.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25325/1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25326/1994.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25352/2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25354/2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25355/2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25384/2052.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25390/2058.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25420/2088.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25439/2107.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25524/2192.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25525/2193.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25526/2194.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25527/2195.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25654/2322.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25655/2323.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25658/2326.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25670/2338.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25672/2340.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25676/2344.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25710/2378.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25775/2443.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25824/2492.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25828/2496.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25830/2498.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25897/2565.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25901/2569.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25963/2631.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25967/2635.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25968/2636.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25969/2637.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25984/2652.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25991/2659.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26184/2852.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26185/2853.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26186/2854.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26187/2855.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26188/2856.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26321/2989.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26328/2996.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26330/2998.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26331/2999.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26332/3000.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26333/3001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26414/3082.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26416/3084.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26467/3135.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26522/3190.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26595/3263.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26618/3286.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26625/3293.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26657/3325.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26702/3370.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26707/3375.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26721/3389.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26729/3397.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26799/3467.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26806/3474.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26807/3475.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26837/3505.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26846/3514.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26847/3515.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26918/3586.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27018/3686.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27027/3695.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27028/3696.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27118/3786.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27124/3792.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27129/3797.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27130/3798.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27139/3807.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27144/3812.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27165/3833.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/27166/3834.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="240.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>