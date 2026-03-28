--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,237 +54,237 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>25237</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25237/1905.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25237/1905.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a Tarifa Social de Água e Esgoto no Âmbito do Município de Petrópolis.</t>
   </si>
   <si>
     <t>26974</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26974/3642.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26974/3642.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL A NECESSIDADE DE CELEBRAÇÃO DE UM CONVÊNIO ENTRE A PREFEITURA MUNICIPAL E A STARTUP ZERO ESGOSTO, PARA POSTERIOR ADOÇÃO PELA SUBCONCESSIONÁRIA ÁGUAS DO IMPERADOR, DO SISTEMA DE TRATAMENTO DE ESGOTO POR CÁPSULA, NO ÂMBITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>23532</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Indicação Simples</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23532/0200.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23532/0200.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE PETRÓPOLIS/RJ A NECESSIDADE DE EXTENSÃO DA REDE DE ESGOTO PARA A VILA DAS SETE CASAS, ITAIPAVA - LOCAL APÓS O MERCADO BRAMIL, DEPOIS DA PASSARELA DE ITAIPAVA CONHECIDA COMO "PONTE DO MANGA LARGA".</t>
   </si>
   <si>
     <t>23662</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23662/0330.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23662/0330.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de viabilizar soluções de saneamento através da instalação de nova Rede de Esgoto na Servidão João Maximiano Ribeiro, situada a Estrada do Gentio, 550, Itaipava - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>23839</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23839/0507.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23839/0507.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de rede de esgoto na Rua José Muniz Pavão , número 1115 situada no Bairro Nogueira .</t>
   </si>
   <si>
     <t>24192</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24192/0860.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24192/0860.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de rede de esgoto por toda extensão da Servidão Maria Rodrigues Machado, Estrada da Saudade.</t>
   </si>
   <si>
     <t>24523</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24523/1191.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24523/1191.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de encaminhar providências para realizar serviço de abastecimento e instalação de esgoto, conforme pedido, na Rua Capitão João Amâncio de Souza Coutinho, 80, Corrêas – Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25234</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>Gilda Beatriz</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25234/1902.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25234/1902.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de desobstrução da rede de esgoto que se encontra aberta e com vazamento na Rua Guilhermino Martinho, s/nº- primeira entrada à direita após a Cervejaria Itaipava – Pedro do Rio.</t>
   </si>
   <si>
     <t>25571</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25571/2239.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25571/2239.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE IMPLANTAÇÃO DE REDE DE ESGOTO, EM TODA A EXTENSÃO DA SERVIDÃO EXISTENTE NO FINAL DA RUA ALCEBÍADES BARBOSA, LOCAL CONHECIDO COMO GROTINHA, FUTURA SERVIDÃO MARIA TERESINHA DE JESUS ANTONIO, LOTEAMENTO SAMAMBAIA.</t>
   </si>
   <si>
     <t>26172</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26172/2840.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26172/2840.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de construção da rede de esgoto para acesso da Escola Municipal Almirante Tamandaré, localizada na Rua Doutor Hermogenio Silva, Retiro.</t>
   </si>
   <si>
     <t>26292</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>Dudu</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26292/2960.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26292/2960.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de manilha na rede esgoto, calçada da lixeira da rua Alfredo Schilick próximo ao numero 224 bairro Chácara flora.</t>
   </si>
   <si>
     <t>26355</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26355/3023.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26355/3023.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DE PETRÓPOLIS/RJ A DILIGÊNCIA E A EXECUÇÃO, EM COOPERAÇÃO COM A ÁGUAS DO IMPERADOR S/A, A FIM DE REALIZAR REPAROS INTEGRAIS NA REDE DE ESGOTO DA SERVIDÃO AGOSTINHO BERNARDES, TRATANDO-SE DE VIA DE PASSAGEM LOCALIZADA NA RUA DOUTOR LIPOLD, Nº 228, CARANGOLA [CIDADE NOVA], CEP 25715-220, COM VISTAS À NOTÓRIA IMPRESCINDIBILIDADE DA MEDIDA.</t>
   </si>
   <si>
     <t>26787</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26787/3455.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26787/3455.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de instalação de uma rede de esgoto na Rua João Ponciano, em toda sua extensão, localizado na Estrada da Rocinha, s/n, em Secretário.</t>
   </si>
   <si>
     <t>26855</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26855/3523.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26855/3523.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade DE VISTORIA E DESOBSTRUÇÃO, DA REDE DE ESGOTO, COM EXTREMA URGÊNCIA, NA RUA HYVIO NALIATO, EM FRENTE AO NÚMERO 560, CASCATINHA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -591,68 +591,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25237/1905.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26974/3642.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23532/0200.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23662/0330.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23839/0507.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24192/0860.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24523/1191.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25234/1902.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25571/2239.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26172/2840.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26292/2960.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26355/3023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26787/3455.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26855/3523.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25237/1905.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26974/3642.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23532/0200.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23662/0330.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23839/0507.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24192/0860.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24523/1191.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25234/1902.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25571/2239.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26172/2840.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26292/2960.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26355/3023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26787/3455.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26855/3523.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="81.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>