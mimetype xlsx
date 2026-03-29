--- v0 (2025-12-18)
+++ v1 (2026-03-29)
@@ -54,438 +54,438 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23519</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Fred Procópio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23519/0187.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23519/0187.pdf</t>
   </si>
   <si>
     <t>DENOMINA "SERVIDÃO PAULO WAHNER", O LOGRADOURO PÚBLICO COM INÍCIO NO CAMINHO DO FRAGOSO, NO BAIRRO ESTRADA DA SAUDADE.</t>
   </si>
   <si>
     <t>23743</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23743/0411.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23743/0411.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ANTÔNIO RODRIGUES MARQUES, LOGRADOURO PÚBLICO, LOCALIZADO NO BAIRRO ITAMARATI.</t>
   </si>
   <si>
     <t>23744</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23744/0412.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23744/0412.pdf</t>
   </si>
   <si>
     <t>DENOMIMA TRAVESSA NEYDA DE SOUZA NOBRE LOGRADOURO PÚBLICO, LOCALIZADO NO BAIRRO ITAMARATI.</t>
   </si>
   <si>
     <t>23748</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23748/0416.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23748/0416.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JOSÉ ALVES MACHADO, LOGRADOURO PÚBLICO,LOCALIZADO NO BAIRRO ITAMARATI.</t>
   </si>
   <si>
     <t>23799</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Octavio Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23799/0467.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23799/0467.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Hélio Gracie o logradouro público localizado no Parque Residencial São José no Bairro do Bingen</t>
   </si>
   <si>
     <t>24200</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Júnior Paixão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24200/0868.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24200/0868.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA AMÉLIA DA SILVA MACHADO ASSUMPÇÃO, INICIANDO NO KM 48, DA RODOVIA BR 040, DIREÇÃO JUIZ DE FORA, BARRA MANSA, EM PEDRO DO RIO, 4º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>24245</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Gil Magno</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24245/0913.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24245/0913.pdf</t>
   </si>
   <si>
     <t>DENOMINA “RUA JOAQUIM SANT ANNA DE ARAUJO”, A LOGRADOURO PÚBLICO NO 5º DISTRITO DO MUNICÍPIO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>24260</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24260/0928.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24260/0928.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA CATHARINA DE FREITAS GUIMARÃES LOGRADOURO PÚBLICO, LOCALIZADO NO BAIRRO DUARTE DA SILVEIRA NO BINGEN.</t>
   </si>
   <si>
     <t>24463</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Marcelo Chitão</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24463/1131.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24463/1131.pdf</t>
   </si>
   <si>
     <t>DENOMINA "TRAVESSA MÁRIO ANTONIO FERREIRA", O LOGRADOURO PÚBLICO COM APROXIMADAMENTE 120 METROS DE EXTENSÃO, QUE SE INICIA NA SERVIDÃO ANTONIO ALEXANDRE CORDEIRO, Nº 47 NO BAIRRO ROSEIRAL, 2º DISTRITO DE PETRÓPOLIS/RJ.</t>
   </si>
   <si>
     <t>24592</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Marcelo Lessa</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24592/1260-.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24592/1260-.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADO COMO RUA NILSON FLORIANO DA SILVA, O LOGRADOURO PÚBLICO LOCALIZADO NA RUA MANOEL MAIA FILHO, NA ALTURA DO Nº 94, BAIRRO MORIN, PETRÓPOLIS/RJ.</t>
   </si>
   <si>
     <t>24648</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24648/1316.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24648/1316.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO LUIZ CAUBI DA SILVA, LOCALIZADA NA RUA ABRAHÃO MUSSA, LOGRADOURO PÚBLICO, NO 2º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>24690</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24690/1358.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24690/1358.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA IRENE DO CARMO FORTUNA, O LOGRADOURO QUE SE INICIA NO FINAL DA TRAVESSA E, NA COMUNIDADE BANANEIRA, EM PEDRO DO RIO, 4º DISTRITO DE PEDRO DO RIO.</t>
   </si>
   <si>
     <t>24723</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24723/1391.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24723/1391.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA VALE ENCANTADO O LOGRADOURO PÚBLICO QUE SE INICIA NA ESTRADA PEDRO DO RIO-VALE DAS VIDEIRAS, 2º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>24891</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Fred Procópio, Júnior Coruja</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24891/1559.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24891/1559.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JOÃO ANTÔNIO GONÇALVES, LOGRADOURO PÚBLICO COM APROXIMADAMENTE 270 METROS, CONHECIDO ATUALMENTE COMO ESTRADA “MATA CAVALO”, CEP 2575-271, BAIRRO ARARAS/ PETRÓPOLIS.</t>
   </si>
   <si>
     <t>24917</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24917/1585.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24917/1585.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO ADÃO DIEGO RODRIGUES FERREIRA, o logradouro público localizado no Caminho da Ladeira, Boa Vista, Cascatinha - Petrópolis/RJ.</t>
   </si>
   <si>
     <t>25062</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25062/1730.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25062/1730.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO EDUARDO KAPPLER O LOGRADOURO PÚBLICO QUE SE INICIA NA RUA SANTA CLARA, Nº 236, EM ITAIPAVA, 3º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>25232</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25232/1900.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25232/1900.pdf</t>
   </si>
   <si>
     <t>DENOMINA COMO LOGRADOURO PÚBLICO NO MUNICÍPIO DE PETRÓPOLIS, A RUA MANUEL AUGUSTO GONÇALVES DE OLIVEIRA, CUJO ACESSO SE DÁ PELO CAMINHO ALBERTO PULLIG, PRÓXIMO AO Nº 1743, ITAMARATI, COM EXTENSÃO DE APROXIMADAMENTE 500M.</t>
   </si>
   <si>
     <t>25838</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25838/2506.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25838/2506.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO CATHARINA SILVA NUNES DA COSTA O LOGRADOURO PÚBLICO COM APROXIMADAMENTE 90 METROS DE EXTENSÃO, QUE SE INICIA AO LADO DO Nº 691, DA LADEIRA JOÃO VENTURA TÔRRES, NO BAIRRO ESTRADA DA SAUDADE, 2º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>26061</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26061/2729.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26061/2729.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO ANDRÉA CRISTINA CATALDO DE MORAES GONZAGA, LOCALIZADA NA RUA ABRAHÃO MUSSA, LOGRADOURO PÚBLICO, NO 2º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>26245</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26245/2913.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26245/2913.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DONA VERA MARIA LEITE GARCIA ARMANINO, QUE SE INICIA NA ESTRADA MINISTRO SALGADO FILHO, VALE DI CUIABÁ, ITAIPAVA, 3º DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>26254</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26254/2922.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26254/2922.pdf</t>
   </si>
   <si>
     <t>DENOMINA SERVIDÃO CHRISTINA GUIMARÃES O LOGRADOURO PÚBLICO, LOCALIZADO NA RUA JOÃO XAVIER, NO BAIRRO DUARTE DA SILVEIRA.</t>
   </si>
   <si>
     <t>26283</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26283/2951.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26283/2951.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA PEDRA DO AÇU, LOGRADOURO PÚBLICO SITUADO A ESTRADA DO AGOSTINHO GOULÃO, N.º 2098, BAIRRO CORRÊAS.</t>
   </si>
   <si>
     <t>26318</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26318/2986.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26318/2986.pdf</t>
   </si>
   <si>
     <t>Fica denominado como: Servidão Nilson Floriano Da Silva , o Logradouro Público localizado na Rua Manoel Maia Filho, na altura do nº 94 – Bairro Morin, PETRÓPOLIS/RJ. A Servidão possui 80 metros de extensão e 1,5 metros de largura.</t>
   </si>
   <si>
     <t>26448</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26448/3116.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26448/3116.pdf</t>
   </si>
   <si>
     <t>Fica denominado como: Servidão B , o Logradouro Público localizado na Estrada Mineira, em uma bifurcação com a Servidão Argemiro Quintela – Bairro Corrêas, PETRÓPOLIS/RJ. A Servidão possui 200 metros de extensão e 1,3 metros de largura.</t>
   </si>
   <si>
     <t>26464</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Eduardo do Blog</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26464/3132.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26464/3132.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO LOCALIZADO NA RUA OSWERO CARMO VILAÇA, BAIRRO ALTO DA SERRA, PETRÓPOLIS /RJ - CEP 25635-101, TRATANDO-SE DE SERVIDÃO QUE SE INICIA A PARTIR DO IMÓVEL DE Nº 790, PASSANDO A TER O NOME “SERVIDÃO MARIA SEBASTIANA DE JESUS”.</t>
   </si>
   <si>
     <t>26477</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26477/3145.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26477/3145.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA DURVAL PAULO MUSSEL, A PRAÇA EXISTENTE EM FRENTE A ENTRADA DA VILA PELEGRINO RAGAZZI, NÚMERO 272, DUARTE DA SILVEIRA.</t>
   </si>
   <si>
     <t>26498</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Júlia Casamasso</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26498/3166.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26498/3166.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DO LOGRADOURO PÚBLICO “PRAÇA RUI BARBOSA” PARA “PRAÇA DA LIBERDADE”.</t>
   </si>
   <si>
     <t>26546</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26546/3214.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26546/3214.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA CREUSA DA SILVA, QUE SE INICIA IMEDIATAMENTE AO FINAL DA RUA AMBIENTALISTA PAULO DE SOUZA LEITE, BAIRRO RETIRO, PRIMEITO DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>26549</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26549/3217.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26549/3217.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA CHRISTINO GERONYMO DO NASCIMENTO, QUE SE INICIA AO FINAL DA RUA EDUARDO TROYACK, BAIRRO BINGEN, PRIMEIRO DISTRITO DE PETRÓPOLIS.</t>
   </si>
   <si>
     <t>26716</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26716/3384.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26716/3384.pdf</t>
   </si>
   <si>
     <t>DENOMINA CARMO GERVANO DE CAMPOS a Base Descentralizada do SAMU - Serviço de Atendimento Móvel de Urgência, em Secretário, Pedro do Rio, quarto distrito de Petrópolis.</t>
   </si>
   <si>
     <t>26948</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26948/3616.pdf</t>
+    <t>http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26948/3616.pdf</t>
   </si>
   <si>
     <t>Fica denominado como: Rua Henrique Moter, o Logradouro Público localizado na Rua Corrêa Lima – Bairro: Valparaíso, PETRÓPOLIS/RJ. A Rua possui 490 metros de extensão e 6,5 metros de largura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -792,68 +792,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23519/0187.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23743/0411.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23744/0412.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23748/0416.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23799/0467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24200/0868.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24245/0913.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24260/0928.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24463/1131.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24592/1260-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24648/1316.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24690/1358.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24723/1391.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24891/1559.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24917/1585.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25062/1730.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25232/1900.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25838/2506.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26061/2729.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26245/2913.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26254/2922.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26283/2951.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26318/2986.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26448/3116.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26464/3132.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26477/3145.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26498/3166.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26546/3214.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26549/3217.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26716/3384.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26948/3616.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23519/0187.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23743/0411.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23744/0412.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23748/0416.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/23799/0467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24200/0868.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24245/0913.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24260/0928.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24463/1131.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24592/1260-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24648/1316.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24690/1358.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24723/1391.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24891/1559.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/24917/1585.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25062/1730.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25232/1900.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/25838/2506.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26061/2729.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26245/2913.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26254/2922.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26283/2951.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26318/2986.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26448/3116.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26464/3132.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26477/3145.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26498/3166.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26546/3214.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26549/3217.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26716/3384.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.petropolis.rj.leg.br/media/sapl/public/materialegislativa/2024/26948/3616.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="251.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>